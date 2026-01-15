--- v0 (2025-12-10)
+++ v1 (2026-01-15)
@@ -8,51 +8,51 @@
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Default Extension="vml" ContentType="application/vnd.openxmlformats-officedocument.vmlDrawing"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" mc:Ignorable="x15">
   <fileVersion appName="xl" lastEdited="5" lowestEdited="5" rupBuild="9303"/>
   <workbookPr defaultThemeVersion="164011" filterPrivacy="1"/>
   <sheets>
     <sheet sheetId="1" name="Data" state="visible" r:id="rId4"/>
   </sheets>
   <calcPr calcId="171027"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="679" uniqueCount="253">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="679" uniqueCount="252">
   <si>
     <t>Overall Position</t>
   </si>
   <si>
     <t>First Name</t>
   </si>
   <si>
     <t>Last Name</t>
   </si>
   <si>
     <t>WFRA membership no</t>
   </si>
   <si>
     <t>Club</t>
   </si>
   <si>
     <t>Age Category</t>
   </si>
   <si>
     <t>Class</t>
   </si>
   <si>
     <t>Category Position</t>
   </si>
   <si>
@@ -314,53 +314,50 @@
     <t>Dark Peak Fell Runners</t>
   </si>
   <si>
     <t>Matthew</t>
   </si>
   <si>
     <t>Lawson</t>
   </si>
   <si>
     <t>Marc</t>
   </si>
   <si>
     <t>Whiting</t>
   </si>
   <si>
     <t>Weston Athletic Club</t>
   </si>
   <si>
     <t>Edwards</t>
   </si>
   <si>
     <t>Martin</t>
   </si>
   <si>
     <t>Webb</t>
-  </si>
-[...1 lines deleted...]
-    <t>Running Forever Running Club</t>
   </si>
   <si>
     <t>V60</t>
   </si>
   <si>
     <t>Darren</t>
   </si>
   <si>
     <t>OULD</t>
   </si>
   <si>
     <t>Stephen</t>
   </si>
   <si>
     <t>MORGAN</t>
   </si>
   <si>
     <t>Fairwater Runners Cwmbran</t>
   </si>
   <si>
     <t>Naomi</t>
   </si>
   <si>
     <t>Law</t>
   </si>
@@ -2640,3012 +2637,3012 @@
       </c>
       <c r="K36">
         <v>1</v>
       </c>
       <c r="L36">
         <v>108.02</v>
       </c>
       <c r="M36">
         <v>108.02</v>
       </c>
     </row>
     <row r="37" spans="1:13" x14ac:dyDescent="0.25">
       <c r="A37">
         <v>36</v>
       </c>
       <c r="B37" t="s">
         <v>100</v>
       </c>
       <c r="C37" t="s">
         <v>101</v>
       </c>
       <c r="D37">
         <v>2459</v>
       </c>
       <c r="E37" t="s">
+        <v>24</v>
+      </c>
+      <c r="F37" t="s">
         <v>102</v>
-      </c>
-[...1 lines deleted...]
-        <v>103</v>
       </c>
       <c r="G37" t="s">
         <v>17</v>
       </c>
       <c r="H37">
         <v>1</v>
       </c>
       <c r="I37" t="b">
         <v>1</v>
       </c>
       <c r="J37" t="s">
         <v>18</v>
       </c>
       <c r="K37">
         <v>1</v>
       </c>
       <c r="L37">
         <v>106.9</v>
       </c>
       <c r="M37">
         <v>106.9</v>
       </c>
     </row>
     <row r="38" spans="1:13" x14ac:dyDescent="0.25">
       <c r="A38">
         <v>37</v>
       </c>
       <c r="B38" t="s">
+        <v>103</v>
+      </c>
+      <c r="C38" t="s">
         <v>104</v>
-      </c>
-[...1 lines deleted...]
-        <v>105</v>
       </c>
       <c r="D38">
         <v>2343</v>
       </c>
       <c r="E38" t="s">
         <v>27</v>
       </c>
       <c r="F38" t="s">
         <v>16</v>
       </c>
       <c r="G38" t="s">
         <v>17</v>
       </c>
       <c r="H38">
         <v>14</v>
       </c>
       <c r="I38" t="b">
         <v>1</v>
       </c>
       <c r="J38" t="s">
         <v>18</v>
       </c>
       <c r="K38">
         <v>1</v>
       </c>
       <c r="L38">
         <v>104.53</v>
       </c>
       <c r="M38">
         <v>104.53</v>
       </c>
     </row>
     <row r="39" spans="1:13" x14ac:dyDescent="0.25">
       <c r="A39">
         <v>38</v>
       </c>
       <c r="B39" t="s">
+        <v>105</v>
+      </c>
+      <c r="C39" t="s">
         <v>106</v>
-      </c>
-[...1 lines deleted...]
-        <v>107</v>
       </c>
       <c r="D39">
         <v>2484</v>
       </c>
       <c r="E39" t="s">
-        <v>108</v>
+        <v>107</v>
       </c>
       <c r="F39" t="s">
         <v>51</v>
       </c>
       <c r="G39" t="s">
         <v>17</v>
       </c>
       <c r="H39">
         <v>9</v>
       </c>
       <c r="I39" t="b">
         <v>1</v>
       </c>
       <c r="J39" t="s">
         <v>18</v>
       </c>
       <c r="K39">
         <v>1</v>
       </c>
       <c r="L39">
         <v>103.89</v>
       </c>
       <c r="M39">
         <v>103.89</v>
       </c>
     </row>
     <row r="40" spans="1:13" x14ac:dyDescent="0.25">
       <c r="A40">
         <v>39</v>
       </c>
       <c r="B40" t="s">
+        <v>108</v>
+      </c>
+      <c r="C40" t="s">
         <v>109</v>
-      </c>
-[...1 lines deleted...]
-        <v>110</v>
       </c>
       <c r="D40">
         <v>1476</v>
       </c>
       <c r="E40" t="s">
-        <v>111</v>
+        <v>110</v>
       </c>
       <c r="F40" t="s">
         <v>51</v>
       </c>
       <c r="G40" t="s">
         <v>58</v>
       </c>
       <c r="H40">
         <v>2</v>
       </c>
       <c r="I40" t="b">
         <v>1</v>
       </c>
       <c r="J40" t="s">
         <v>18</v>
       </c>
       <c r="K40">
         <v>1</v>
       </c>
       <c r="L40">
         <v>103.03</v>
       </c>
       <c r="M40">
         <v>103.03</v>
       </c>
     </row>
     <row r="41" spans="1:13" x14ac:dyDescent="0.25">
       <c r="A41">
         <v>40</v>
       </c>
       <c r="B41" t="s">
+        <v>111</v>
+      </c>
+      <c r="C41" t="s">
         <v>112</v>
-      </c>
-[...1 lines deleted...]
-        <v>113</v>
       </c>
       <c r="D41">
         <v>1697</v>
       </c>
       <c r="E41" t="s">
         <v>36</v>
       </c>
       <c r="F41" t="s">
         <v>51</v>
       </c>
       <c r="G41" t="s">
         <v>17</v>
       </c>
       <c r="H41">
         <v>10</v>
       </c>
       <c r="I41" t="b">
         <v>1</v>
       </c>
       <c r="J41" t="s">
         <v>18</v>
       </c>
       <c r="K41">
         <v>1</v>
       </c>
       <c r="L41">
         <v>99.66</v>
       </c>
       <c r="M41">
         <v>99.66</v>
       </c>
     </row>
     <row r="42" spans="1:13" x14ac:dyDescent="0.25">
       <c r="A42">
         <v>41</v>
       </c>
       <c r="B42" t="s">
+        <v>113</v>
+      </c>
+      <c r="C42" t="s">
         <v>114</v>
-      </c>
-[...1 lines deleted...]
-        <v>115</v>
       </c>
       <c r="D42">
         <v>2363</v>
       </c>
       <c r="E42" t="s">
-        <v>116</v>
+        <v>115</v>
       </c>
       <c r="F42" t="s">
         <v>67</v>
       </c>
       <c r="G42" t="s">
         <v>17</v>
       </c>
       <c r="H42">
         <v>8</v>
       </c>
       <c r="I42" t="b">
         <v>1</v>
       </c>
       <c r="J42" t="s">
         <v>18</v>
       </c>
       <c r="K42">
         <v>1</v>
       </c>
       <c r="L42">
         <v>99.45</v>
       </c>
       <c r="M42">
         <v>99.45</v>
       </c>
     </row>
     <row r="43" spans="1:13" x14ac:dyDescent="0.25">
       <c r="A43">
         <v>42</v>
       </c>
       <c r="B43" t="s">
+        <v>116</v>
+      </c>
+      <c r="C43" t="s">
         <v>117</v>
-      </c>
-[...1 lines deleted...]
-        <v>118</v>
       </c>
       <c r="D43">
         <v>768</v>
       </c>
       <c r="E43" t="s">
         <v>27</v>
       </c>
       <c r="F43" t="s">
-        <v>103</v>
+        <v>102</v>
       </c>
       <c r="G43" t="s">
         <v>17</v>
       </c>
       <c r="H43">
         <v>2</v>
       </c>
       <c r="I43" t="b">
         <v>1</v>
       </c>
       <c r="J43" t="s">
         <v>18</v>
       </c>
       <c r="K43">
         <v>1</v>
       </c>
       <c r="L43">
         <v>98.49</v>
       </c>
       <c r="M43">
         <v>98.49</v>
       </c>
     </row>
     <row r="44" spans="1:13" x14ac:dyDescent="0.25">
       <c r="A44">
         <v>43</v>
       </c>
       <c r="B44" t="s">
         <v>96</v>
       </c>
       <c r="C44" t="s">
-        <v>119</v>
+        <v>118</v>
       </c>
       <c r="D44">
         <v>1796</v>
       </c>
       <c r="E44" t="s">
         <v>18</v>
       </c>
       <c r="F44" t="s">
         <v>67</v>
       </c>
       <c r="G44" t="s">
         <v>17</v>
       </c>
       <c r="H44">
         <v>9</v>
       </c>
       <c r="I44" t="b">
         <v>1</v>
       </c>
       <c r="J44" t="s">
         <v>18</v>
       </c>
       <c r="K44">
         <v>1</v>
       </c>
       <c r="L44">
         <v>97.92</v>
       </c>
       <c r="M44">
         <v>97.92</v>
       </c>
     </row>
     <row r="45" spans="1:13" x14ac:dyDescent="0.25">
       <c r="A45">
         <v>44</v>
       </c>
       <c r="B45" t="s">
+        <v>119</v>
+      </c>
+      <c r="C45" t="s">
         <v>120</v>
-      </c>
-[...1 lines deleted...]
-        <v>121</v>
       </c>
       <c r="D45">
         <v>2118</v>
       </c>
       <c r="E45" t="s">
         <v>24</v>
       </c>
       <c r="F45" t="s">
-        <v>103</v>
+        <v>102</v>
       </c>
       <c r="G45" t="s">
         <v>58</v>
       </c>
       <c r="H45">
         <v>1</v>
       </c>
       <c r="I45" t="b">
         <v>1</v>
       </c>
       <c r="J45" t="s">
         <v>18</v>
       </c>
       <c r="K45">
         <v>1</v>
       </c>
       <c r="L45">
         <v>97.78</v>
       </c>
       <c r="M45">
         <v>97.78</v>
       </c>
     </row>
     <row r="46" spans="1:13" x14ac:dyDescent="0.25">
       <c r="A46">
         <v>45</v>
       </c>
       <c r="B46" t="s">
         <v>47</v>
       </c>
       <c r="C46" t="s">
-        <v>122</v>
+        <v>121</v>
       </c>
       <c r="D46">
         <v>2322</v>
       </c>
       <c r="E46" t="s">
         <v>18</v>
       </c>
       <c r="F46" t="s">
         <v>67</v>
       </c>
       <c r="G46" t="s">
         <v>17</v>
       </c>
       <c r="H46">
         <v>10</v>
       </c>
       <c r="I46" t="b">
         <v>1</v>
       </c>
       <c r="J46" t="s">
         <v>18</v>
       </c>
       <c r="K46">
         <v>1</v>
       </c>
       <c r="L46">
         <v>97.26</v>
       </c>
       <c r="M46">
         <v>97.26</v>
       </c>
     </row>
     <row r="47" spans="1:13" x14ac:dyDescent="0.25">
       <c r="A47">
         <v>46</v>
       </c>
       <c r="B47" t="s">
+        <v>122</v>
+      </c>
+      <c r="C47" t="s">
         <v>123</v>
-      </c>
-[...1 lines deleted...]
-        <v>124</v>
       </c>
       <c r="D47">
         <v>1446</v>
       </c>
       <c r="E47" t="s">
         <v>36</v>
       </c>
       <c r="F47" t="s">
         <v>51</v>
       </c>
       <c r="G47" t="s">
         <v>58</v>
       </c>
       <c r="H47">
         <v>3</v>
       </c>
       <c r="I47" t="b">
         <v>1</v>
       </c>
       <c r="J47" t="s">
         <v>18</v>
       </c>
       <c r="K47">
         <v>1</v>
       </c>
       <c r="L47">
         <v>96.02</v>
       </c>
       <c r="M47">
         <v>96.02</v>
       </c>
     </row>
     <row r="48" spans="1:13" x14ac:dyDescent="0.25">
       <c r="A48">
         <v>47</v>
       </c>
       <c r="B48" t="s">
+        <v>124</v>
+      </c>
+      <c r="C48" t="s">
         <v>125</v>
-      </c>
-[...1 lines deleted...]
-        <v>126</v>
       </c>
       <c r="D48">
         <v>2210</v>
       </c>
       <c r="E48" t="s">
-        <v>127</v>
+        <v>126</v>
       </c>
       <c r="F48" t="s">
         <v>16</v>
       </c>
       <c r="G48" t="s">
         <v>17</v>
       </c>
       <c r="H48">
         <v>15</v>
       </c>
       <c r="I48" t="b">
         <v>1</v>
       </c>
       <c r="J48" t="s">
         <v>18</v>
       </c>
       <c r="K48">
         <v>1</v>
       </c>
       <c r="L48">
         <v>95.88</v>
       </c>
       <c r="M48">
         <v>95.88</v>
       </c>
     </row>
     <row r="49" spans="1:13" x14ac:dyDescent="0.25">
       <c r="A49">
         <v>48</v>
       </c>
       <c r="B49" t="s">
+        <v>127</v>
+      </c>
+      <c r="C49" t="s">
         <v>128</v>
-      </c>
-[...1 lines deleted...]
-        <v>129</v>
       </c>
       <c r="D49">
         <v>1506</v>
       </c>
       <c r="E49" t="s">
-        <v>130</v>
+        <v>129</v>
       </c>
       <c r="F49" t="s">
-        <v>103</v>
+        <v>102</v>
       </c>
       <c r="G49" t="s">
         <v>58</v>
       </c>
       <c r="H49">
         <v>2</v>
       </c>
       <c r="I49" t="b">
         <v>1</v>
       </c>
       <c r="J49" t="s">
         <v>18</v>
       </c>
       <c r="K49">
         <v>1</v>
       </c>
       <c r="L49">
         <v>95.29</v>
       </c>
       <c r="M49">
         <v>95.29</v>
       </c>
     </row>
     <row r="50" spans="1:13" x14ac:dyDescent="0.25">
       <c r="A50">
         <v>49</v>
       </c>
       <c r="B50" t="s">
-        <v>117</v>
+        <v>116</v>
       </c>
       <c r="C50" t="s">
-        <v>131</v>
+        <v>130</v>
       </c>
       <c r="D50">
         <v>2214</v>
       </c>
       <c r="E50" t="s">
-        <v>132</v>
+        <v>131</v>
       </c>
       <c r="F50" t="s">
         <v>67</v>
       </c>
       <c r="G50" t="s">
         <v>17</v>
       </c>
       <c r="H50">
         <v>11</v>
       </c>
       <c r="I50" t="b">
         <v>1</v>
       </c>
       <c r="J50" t="s">
         <v>18</v>
       </c>
       <c r="K50">
         <v>1</v>
       </c>
       <c r="L50">
         <v>94.81</v>
       </c>
       <c r="M50">
         <v>94.81</v>
       </c>
     </row>
     <row r="51" spans="1:13" x14ac:dyDescent="0.25">
       <c r="A51">
         <v>50</v>
       </c>
       <c r="B51" t="s">
-        <v>133</v>
+        <v>132</v>
       </c>
       <c r="C51" t="s">
-        <v>131</v>
+        <v>130</v>
       </c>
       <c r="D51">
         <v>2475</v>
       </c>
       <c r="E51" t="s">
         <v>36</v>
       </c>
       <c r="F51" t="s">
         <v>51</v>
       </c>
       <c r="G51" t="s">
         <v>17</v>
       </c>
       <c r="H51">
         <v>11</v>
       </c>
       <c r="I51" t="b">
         <v>1</v>
       </c>
       <c r="J51" t="s">
         <v>18</v>
       </c>
       <c r="K51">
         <v>1</v>
       </c>
       <c r="L51">
         <v>94.64</v>
       </c>
       <c r="M51">
         <v>94.64</v>
       </c>
     </row>
     <row r="52" spans="1:13" x14ac:dyDescent="0.25">
       <c r="A52">
         <v>51</v>
       </c>
       <c r="B52" t="s">
+        <v>133</v>
+      </c>
+      <c r="C52" t="s">
         <v>134</v>
-      </c>
-[...1 lines deleted...]
-        <v>135</v>
       </c>
       <c r="D52">
         <v>2476</v>
       </c>
       <c r="E52" t="s">
         <v>18</v>
       </c>
       <c r="F52" t="s">
         <v>67</v>
       </c>
       <c r="G52" t="s">
         <v>58</v>
       </c>
       <c r="H52">
         <v>3</v>
       </c>
       <c r="I52" t="b">
         <v>1</v>
       </c>
       <c r="J52" t="s">
         <v>18</v>
       </c>
       <c r="K52">
         <v>1</v>
       </c>
       <c r="L52">
         <v>94.42</v>
       </c>
       <c r="M52">
         <v>94.42</v>
       </c>
     </row>
     <row r="53" spans="1:13" x14ac:dyDescent="0.25">
       <c r="A53">
         <v>52</v>
       </c>
       <c r="B53" t="s">
+        <v>135</v>
+      </c>
+      <c r="C53" t="s">
         <v>136</v>
-      </c>
-[...1 lines deleted...]
-        <v>137</v>
       </c>
       <c r="D53">
         <v>2047</v>
       </c>
       <c r="E53" t="s">
         <v>24</v>
       </c>
       <c r="F53" t="s">
         <v>51</v>
       </c>
       <c r="G53" t="s">
         <v>17</v>
       </c>
       <c r="H53">
         <v>12</v>
       </c>
       <c r="I53" t="b">
         <v>1</v>
       </c>
       <c r="J53" t="s">
         <v>18</v>
       </c>
       <c r="K53">
         <v>1</v>
       </c>
       <c r="L53">
         <v>94.34</v>
       </c>
       <c r="M53">
         <v>94.34</v>
       </c>
     </row>
     <row r="54" spans="1:13" x14ac:dyDescent="0.25">
       <c r="A54">
         <v>53</v>
       </c>
       <c r="B54" t="s">
+        <v>137</v>
+      </c>
+      <c r="C54" t="s">
         <v>138</v>
-      </c>
-[...1 lines deleted...]
-        <v>139</v>
       </c>
       <c r="D54">
         <v>250</v>
       </c>
       <c r="E54" t="s">
         <v>31</v>
       </c>
       <c r="F54" t="s">
-        <v>103</v>
+        <v>102</v>
       </c>
       <c r="G54" t="s">
         <v>58</v>
       </c>
       <c r="H54">
         <v>3</v>
       </c>
       <c r="I54" t="b">
         <v>1</v>
       </c>
       <c r="J54" t="s">
         <v>18</v>
       </c>
       <c r="K54">
         <v>1</v>
       </c>
       <c r="L54">
         <v>88.69</v>
       </c>
       <c r="M54">
         <v>88.69</v>
       </c>
     </row>
     <row r="55" spans="1:13" x14ac:dyDescent="0.25">
       <c r="A55">
         <v>54</v>
       </c>
       <c r="B55" t="s">
+        <v>139</v>
+      </c>
+      <c r="C55" t="s">
         <v>140</v>
-      </c>
-[...1 lines deleted...]
-        <v>141</v>
       </c>
       <c r="D55">
         <v>1299</v>
       </c>
       <c r="E55" t="s">
+        <v>141</v>
+      </c>
+      <c r="F55" t="s">
         <v>142</v>
-      </c>
-[...1 lines deleted...]
-        <v>143</v>
       </c>
       <c r="G55" t="s">
         <v>17</v>
       </c>
       <c r="H55">
         <v>1</v>
       </c>
       <c r="I55" t="b">
         <v>1</v>
       </c>
       <c r="J55" t="s">
         <v>18</v>
       </c>
       <c r="K55">
         <v>1</v>
       </c>
       <c r="L55">
         <v>88.58</v>
       </c>
       <c r="M55">
         <v>88.58</v>
       </c>
     </row>
     <row r="56" spans="1:13" x14ac:dyDescent="0.25">
       <c r="A56">
         <v>55</v>
       </c>
       <c r="B56" t="s">
+        <v>143</v>
+      </c>
+      <c r="C56" t="s">
         <v>144</v>
-      </c>
-[...1 lines deleted...]
-        <v>145</v>
       </c>
       <c r="D56">
         <v>2364</v>
       </c>
       <c r="E56" t="s">
-        <v>146</v>
+        <v>145</v>
       </c>
       <c r="F56" t="s">
         <v>16</v>
       </c>
       <c r="G56" t="s">
         <v>17</v>
       </c>
       <c r="H56">
         <v>16</v>
       </c>
       <c r="I56" t="b">
         <v>1</v>
       </c>
       <c r="J56" t="s">
         <v>18</v>
       </c>
       <c r="K56">
         <v>1</v>
       </c>
       <c r="L56">
         <v>84.65</v>
       </c>
       <c r="M56">
         <v>84.65</v>
       </c>
     </row>
     <row r="57" spans="1:13" x14ac:dyDescent="0.25">
       <c r="A57">
         <v>56</v>
       </c>
       <c r="B57" t="s">
+        <v>146</v>
+      </c>
+      <c r="C57" t="s">
         <v>147</v>
-      </c>
-[...1 lines deleted...]
-        <v>148</v>
       </c>
       <c r="D57">
         <v>881</v>
       </c>
       <c r="E57" t="s">
         <v>27</v>
       </c>
       <c r="F57" t="s">
-        <v>103</v>
+        <v>102</v>
       </c>
       <c r="G57" t="s">
         <v>17</v>
       </c>
       <c r="H57">
         <v>3</v>
       </c>
       <c r="I57" t="b">
         <v>1</v>
       </c>
       <c r="J57" t="s">
         <v>18</v>
       </c>
       <c r="K57">
         <v>1</v>
       </c>
       <c r="L57">
         <v>83.92</v>
       </c>
       <c r="M57">
         <v>83.92</v>
       </c>
     </row>
     <row r="58" spans="1:13" x14ac:dyDescent="0.25">
       <c r="A58">
         <v>57</v>
       </c>
       <c r="B58" t="s">
+        <v>148</v>
+      </c>
+      <c r="C58" t="s">
         <v>149</v>
-      </c>
-[...1 lines deleted...]
-        <v>150</v>
       </c>
       <c r="D58">
         <v>1957</v>
       </c>
       <c r="E58" t="s">
         <v>24</v>
       </c>
       <c r="F58" t="s">
-        <v>103</v>
+        <v>102</v>
       </c>
       <c r="G58" t="s">
         <v>58</v>
       </c>
       <c r="H58">
         <v>4</v>
       </c>
       <c r="I58" t="b">
         <v>1</v>
       </c>
       <c r="J58" t="s">
         <v>18</v>
       </c>
       <c r="K58">
         <v>1</v>
       </c>
       <c r="L58">
         <v>83.46</v>
       </c>
       <c r="M58">
         <v>83.46</v>
       </c>
     </row>
     <row r="59" spans="1:13" x14ac:dyDescent="0.25">
       <c r="A59">
         <v>58</v>
       </c>
       <c r="B59" t="s">
+        <v>150</v>
+      </c>
+      <c r="C59" t="s">
         <v>151</v>
-      </c>
-[...1 lines deleted...]
-        <v>152</v>
       </c>
       <c r="D59">
         <v>631</v>
       </c>
       <c r="E59" t="s">
         <v>24</v>
       </c>
       <c r="F59" t="s">
-        <v>103</v>
+        <v>102</v>
       </c>
       <c r="G59" t="s">
         <v>17</v>
       </c>
       <c r="H59">
         <v>4</v>
       </c>
       <c r="I59" t="b">
         <v>1</v>
       </c>
       <c r="J59" t="s">
         <v>18</v>
       </c>
       <c r="K59">
         <v>1</v>
       </c>
       <c r="L59">
         <v>83.07</v>
       </c>
       <c r="M59">
         <v>83.07</v>
       </c>
     </row>
     <row r="60" spans="1:13" x14ac:dyDescent="0.25">
       <c r="A60">
         <v>59</v>
       </c>
       <c r="B60" t="s">
+        <v>152</v>
+      </c>
+      <c r="C60" t="s">
         <v>153</v>
-      </c>
-[...1 lines deleted...]
-        <v>154</v>
       </c>
       <c r="D60">
         <v>1011</v>
       </c>
       <c r="E60" t="s">
         <v>24</v>
       </c>
       <c r="F60" t="s">
         <v>51</v>
       </c>
       <c r="G60" t="s">
         <v>58</v>
       </c>
       <c r="H60">
         <v>4</v>
       </c>
       <c r="I60" t="b">
         <v>1</v>
       </c>
       <c r="J60" t="s">
         <v>18</v>
       </c>
       <c r="K60">
         <v>1</v>
       </c>
       <c r="L60">
         <v>81.51</v>
       </c>
       <c r="M60">
         <v>81.51</v>
       </c>
     </row>
     <row r="61" spans="1:13" x14ac:dyDescent="0.25">
       <c r="A61">
         <v>60</v>
       </c>
       <c r="B61" t="s">
-        <v>155</v>
+        <v>154</v>
       </c>
       <c r="C61" t="s">
-        <v>129</v>
+        <v>128</v>
       </c>
       <c r="D61">
         <v>202</v>
       </c>
       <c r="E61" t="s">
-        <v>130</v>
+        <v>129</v>
       </c>
       <c r="F61" t="s">
-        <v>156</v>
+        <v>155</v>
       </c>
       <c r="G61" t="s">
         <v>17</v>
       </c>
       <c r="H61">
         <v>1</v>
       </c>
       <c r="I61" t="b">
         <v>1</v>
       </c>
       <c r="J61" t="s">
         <v>18</v>
       </c>
       <c r="K61">
         <v>1</v>
       </c>
       <c r="L61">
         <v>81.35</v>
       </c>
       <c r="M61">
         <v>81.35</v>
       </c>
     </row>
     <row r="62" spans="1:13" x14ac:dyDescent="0.25">
       <c r="A62">
         <v>61</v>
       </c>
       <c r="B62" t="s">
-        <v>157</v>
+        <v>156</v>
       </c>
       <c r="C62" t="s">
-        <v>113</v>
+        <v>112</v>
       </c>
       <c r="D62">
         <v>662</v>
       </c>
       <c r="E62" t="s">
         <v>24</v>
       </c>
       <c r="F62" t="s">
-        <v>103</v>
+        <v>102</v>
       </c>
       <c r="G62" t="s">
         <v>58</v>
       </c>
       <c r="H62">
         <v>5</v>
       </c>
       <c r="I62" t="b">
         <v>1</v>
       </c>
       <c r="J62" t="s">
         <v>18</v>
       </c>
       <c r="K62">
         <v>1</v>
       </c>
       <c r="L62">
         <v>81.19</v>
       </c>
       <c r="M62">
         <v>81.19</v>
       </c>
     </row>
     <row r="63" spans="1:13" x14ac:dyDescent="0.25">
       <c r="A63">
         <v>62</v>
       </c>
       <c r="B63" t="s">
+        <v>157</v>
+      </c>
+      <c r="C63" t="s">
         <v>158</v>
-      </c>
-[...1 lines deleted...]
-        <v>159</v>
       </c>
       <c r="D63">
         <v>719</v>
       </c>
       <c r="E63" t="s">
-        <v>160</v>
+        <v>159</v>
       </c>
       <c r="F63" t="s">
-        <v>156</v>
+        <v>155</v>
       </c>
       <c r="G63" t="s">
         <v>17</v>
       </c>
       <c r="H63">
         <v>2</v>
       </c>
       <c r="I63" t="b">
         <v>1</v>
       </c>
       <c r="J63" t="s">
         <v>18</v>
       </c>
       <c r="K63">
         <v>1</v>
       </c>
       <c r="L63">
         <v>78.27</v>
       </c>
       <c r="M63">
         <v>78.27</v>
       </c>
     </row>
     <row r="64" spans="1:13" x14ac:dyDescent="0.25">
       <c r="A64">
         <v>63</v>
       </c>
       <c r="B64" t="s">
+        <v>160</v>
+      </c>
+      <c r="C64" t="s">
         <v>161</v>
-      </c>
-[...1 lines deleted...]
-        <v>162</v>
       </c>
       <c r="D64">
         <v>548</v>
       </c>
       <c r="E64" t="s">
-        <v>163</v>
+        <v>162</v>
       </c>
       <c r="F64" t="s">
-        <v>156</v>
+        <v>155</v>
       </c>
       <c r="G64" t="s">
         <v>17</v>
       </c>
       <c r="H64">
         <v>3</v>
       </c>
       <c r="I64" t="b">
         <v>1</v>
       </c>
       <c r="J64" t="s">
         <v>18</v>
       </c>
       <c r="K64">
         <v>1</v>
       </c>
       <c r="L64">
         <v>70.2</v>
       </c>
       <c r="M64">
         <v>70.2</v>
       </c>
     </row>
     <row r="65" spans="1:13" x14ac:dyDescent="0.25">
       <c r="A65">
         <v>64</v>
       </c>
       <c r="B65" t="s">
+        <v>163</v>
+      </c>
+      <c r="C65" t="s">
         <v>164</v>
-      </c>
-[...1 lines deleted...]
-        <v>165</v>
       </c>
       <c r="D65">
         <v>555</v>
       </c>
       <c r="E65" t="s">
         <v>31</v>
       </c>
       <c r="F65" t="s">
-        <v>166</v>
+        <v>165</v>
       </c>
       <c r="G65" t="s">
         <v>17</v>
       </c>
       <c r="H65">
         <v>1</v>
       </c>
       <c r="I65" t="b">
         <v>1</v>
       </c>
       <c r="J65" t="s">
         <v>18</v>
       </c>
       <c r="K65">
         <v>1</v>
       </c>
       <c r="L65">
         <v>66.89</v>
       </c>
       <c r="M65">
         <v>66.89</v>
       </c>
     </row>
     <row r="66" spans="1:13" x14ac:dyDescent="0.25">
       <c r="A66">
         <v>65</v>
       </c>
       <c r="B66" t="s">
+        <v>166</v>
+      </c>
+      <c r="C66" t="s">
         <v>167</v>
-      </c>
-[...1 lines deleted...]
-        <v>168</v>
       </c>
       <c r="D66">
         <v>2477</v>
       </c>
       <c r="E66" t="s">
         <v>36</v>
       </c>
       <c r="F66" t="s">
-        <v>103</v>
+        <v>102</v>
       </c>
       <c r="G66" t="s">
         <v>58</v>
       </c>
       <c r="H66">
         <v>6</v>
       </c>
       <c r="I66" t="b">
         <v>1</v>
       </c>
       <c r="J66" t="s">
         <v>18</v>
       </c>
       <c r="K66">
         <v>1</v>
       </c>
       <c r="L66">
         <v>64.1</v>
       </c>
       <c r="M66">
         <v>64.1</v>
       </c>
     </row>
     <row r="67" spans="1:13" x14ac:dyDescent="0.25">
       <c r="A67">
         <v>66</v>
       </c>
       <c r="B67" t="s">
+        <v>168</v>
+      </c>
+      <c r="C67" t="s">
         <v>169</v>
       </c>
-      <c r="C67" t="s">
+      <c r="E67" t="s">
         <v>170</v>
-      </c>
-[...1 lines deleted...]
-        <v>171</v>
       </c>
       <c r="F67" t="s">
         <v>16</v>
       </c>
       <c r="G67" t="s">
         <v>17</v>
       </c>
       <c r="H67">
         <v>17</v>
       </c>
       <c r="I67" t="b">
         <v>0</v>
       </c>
       <c r="J67" t="s">
-        <v>172</v>
+        <v>171</v>
       </c>
       <c r="K67">
         <v>1</v>
       </c>
       <c r="L67">
         <v>158.31</v>
       </c>
       <c r="M67">
         <v>158.31</v>
       </c>
     </row>
     <row r="68" spans="1:13" x14ac:dyDescent="0.25">
       <c r="A68">
         <v>67</v>
       </c>
       <c r="B68" t="s">
+        <v>172</v>
+      </c>
+      <c r="C68" t="s">
         <v>173</v>
       </c>
-      <c r="C68" t="s">
+      <c r="E68" t="s">
         <v>174</v>
-      </c>
-[...1 lines deleted...]
-        <v>175</v>
       </c>
       <c r="F68" t="s">
         <v>67</v>
       </c>
       <c r="G68" t="s">
         <v>17</v>
       </c>
       <c r="H68">
         <v>12</v>
       </c>
       <c r="I68" t="b">
         <v>0</v>
       </c>
       <c r="J68" t="s">
-        <v>172</v>
+        <v>171</v>
       </c>
       <c r="K68">
         <v>1</v>
       </c>
       <c r="L68">
         <v>144.85</v>
       </c>
       <c r="M68">
         <v>144.85</v>
       </c>
     </row>
     <row r="69" spans="1:13" x14ac:dyDescent="0.25">
       <c r="A69">
         <v>68</v>
       </c>
       <c r="B69" t="s">
-        <v>173</v>
+        <v>172</v>
       </c>
       <c r="C69" t="s">
-        <v>176</v>
+        <v>175</v>
       </c>
       <c r="E69" t="s">
         <v>15</v>
       </c>
       <c r="F69" t="s">
         <v>16</v>
       </c>
       <c r="G69" t="s">
         <v>17</v>
       </c>
       <c r="H69">
         <v>18</v>
       </c>
       <c r="I69" t="b">
         <v>0</v>
       </c>
       <c r="J69" t="s">
-        <v>172</v>
+        <v>171</v>
       </c>
       <c r="K69">
         <v>1</v>
       </c>
       <c r="L69">
         <v>135.9</v>
       </c>
       <c r="M69">
         <v>135.9</v>
       </c>
     </row>
     <row r="70" spans="1:13" x14ac:dyDescent="0.25">
       <c r="A70">
         <v>69</v>
       </c>
       <c r="B70" t="s">
         <v>45</v>
       </c>
       <c r="C70" t="s">
+        <v>176</v>
+      </c>
+      <c r="E70" t="s">
         <v>177</v>
-      </c>
-[...1 lines deleted...]
-        <v>178</v>
       </c>
       <c r="F70" t="s">
         <v>16</v>
       </c>
       <c r="G70" t="s">
         <v>17</v>
       </c>
       <c r="H70">
         <v>19</v>
       </c>
       <c r="I70" t="b">
         <v>0</v>
       </c>
       <c r="J70" t="s">
-        <v>172</v>
+        <v>171</v>
       </c>
       <c r="K70">
         <v>1</v>
       </c>
       <c r="L70">
         <v>135.71</v>
       </c>
       <c r="M70">
         <v>135.71</v>
       </c>
     </row>
     <row r="71" spans="1:13" x14ac:dyDescent="0.25">
       <c r="A71">
         <v>70</v>
       </c>
       <c r="B71" t="s">
+        <v>178</v>
+      </c>
+      <c r="C71" t="s">
         <v>179</v>
       </c>
-      <c r="C71" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E71" t="s">
-        <v>142</v>
+        <v>141</v>
       </c>
       <c r="F71" t="s">
         <v>67</v>
       </c>
       <c r="G71" t="s">
         <v>17</v>
       </c>
       <c r="H71">
         <v>13</v>
       </c>
       <c r="I71" t="b">
         <v>0</v>
       </c>
       <c r="J71" t="s">
-        <v>172</v>
+        <v>171</v>
       </c>
       <c r="K71">
         <v>1</v>
       </c>
       <c r="L71">
         <v>133.91</v>
       </c>
       <c r="M71">
         <v>133.91</v>
       </c>
     </row>
     <row r="72" spans="1:13" x14ac:dyDescent="0.25">
       <c r="A72">
         <v>71</v>
       </c>
       <c r="B72" t="s">
+        <v>180</v>
+      </c>
+      <c r="C72" t="s">
         <v>181</v>
       </c>
-      <c r="C72" t="s">
+      <c r="E72" t="s">
         <v>182</v>
-      </c>
-[...1 lines deleted...]
-        <v>183</v>
       </c>
       <c r="F72" t="s">
         <v>16</v>
       </c>
       <c r="G72" t="s">
         <v>17</v>
       </c>
       <c r="H72">
         <v>20</v>
       </c>
       <c r="I72" t="b">
         <v>0</v>
       </c>
       <c r="J72" t="s">
-        <v>172</v>
+        <v>171</v>
       </c>
       <c r="K72">
         <v>1</v>
       </c>
       <c r="L72">
         <v>127.97</v>
       </c>
       <c r="M72">
         <v>127.97</v>
       </c>
     </row>
     <row r="73" spans="1:13" x14ac:dyDescent="0.25">
       <c r="A73">
         <v>72</v>
       </c>
       <c r="B73" t="s">
-        <v>158</v>
+        <v>157</v>
       </c>
       <c r="C73" t="s">
-        <v>184</v>
+        <v>183</v>
       </c>
       <c r="E73" t="s">
         <v>18</v>
       </c>
       <c r="F73" t="s">
         <v>67</v>
       </c>
       <c r="G73" t="s">
         <v>17</v>
       </c>
       <c r="H73">
         <v>14</v>
       </c>
       <c r="I73" t="b">
         <v>0</v>
       </c>
       <c r="J73" t="s">
-        <v>172</v>
+        <v>171</v>
       </c>
       <c r="K73">
         <v>1</v>
       </c>
       <c r="L73">
         <v>124.97</v>
       </c>
       <c r="M73">
         <v>124.97</v>
       </c>
     </row>
     <row r="74" spans="1:13" x14ac:dyDescent="0.25">
       <c r="A74">
         <v>73</v>
       </c>
       <c r="B74" t="s">
+        <v>184</v>
+      </c>
+      <c r="C74" t="s">
         <v>185</v>
-      </c>
-[...1 lines deleted...]
-        <v>186</v>
       </c>
       <c r="E74" t="s">
         <v>18</v>
       </c>
       <c r="F74" t="s">
         <v>16</v>
       </c>
       <c r="G74" t="s">
         <v>17</v>
       </c>
       <c r="H74">
         <v>21</v>
       </c>
       <c r="I74" t="b">
         <v>0</v>
       </c>
       <c r="J74" t="s">
-        <v>172</v>
+        <v>171</v>
       </c>
       <c r="K74">
         <v>1</v>
       </c>
       <c r="L74">
         <v>123.93</v>
       </c>
       <c r="M74">
         <v>123.93</v>
       </c>
     </row>
     <row r="75" spans="1:13" x14ac:dyDescent="0.25">
       <c r="A75">
         <v>74</v>
       </c>
       <c r="B75" t="s">
+        <v>186</v>
+      </c>
+      <c r="C75" t="s">
         <v>187</v>
-      </c>
-[...1 lines deleted...]
-        <v>188</v>
       </c>
       <c r="E75" t="s">
         <v>36</v>
       </c>
       <c r="F75" t="s">
         <v>51</v>
       </c>
       <c r="G75" t="s">
         <v>17</v>
       </c>
       <c r="H75">
         <v>13</v>
       </c>
       <c r="I75" t="b">
         <v>0</v>
       </c>
       <c r="J75" t="s">
-        <v>172</v>
+        <v>171</v>
       </c>
       <c r="K75">
         <v>1</v>
       </c>
       <c r="L75">
         <v>120.69</v>
       </c>
       <c r="M75">
         <v>120.69</v>
       </c>
     </row>
     <row r="76" spans="1:13" x14ac:dyDescent="0.25">
       <c r="A76">
         <v>75</v>
       </c>
       <c r="B76" t="s">
+        <v>188</v>
+      </c>
+      <c r="C76" t="s">
         <v>189</v>
       </c>
-      <c r="C76" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E76" t="s">
-        <v>130</v>
+        <v>129</v>
       </c>
       <c r="F76" t="s">
         <v>51</v>
       </c>
       <c r="G76" t="s">
         <v>17</v>
       </c>
       <c r="H76">
         <v>14</v>
       </c>
       <c r="I76" t="b">
         <v>0</v>
       </c>
       <c r="J76" t="s">
-        <v>172</v>
+        <v>171</v>
       </c>
       <c r="K76">
         <v>1</v>
       </c>
       <c r="L76">
         <v>118.35</v>
       </c>
       <c r="M76">
         <v>118.35</v>
       </c>
     </row>
     <row r="77" spans="1:13" x14ac:dyDescent="0.25">
       <c r="A77">
         <v>76</v>
       </c>
       <c r="B77" t="s">
         <v>34</v>
       </c>
       <c r="C77" t="s">
-        <v>191</v>
+        <v>190</v>
       </c>
       <c r="D77">
         <v>1003</v>
       </c>
       <c r="E77" t="s">
         <v>24</v>
       </c>
       <c r="F77" t="s">
         <v>67</v>
       </c>
       <c r="G77" t="s">
         <v>17</v>
       </c>
       <c r="H77">
         <v>15</v>
       </c>
       <c r="I77" t="b">
         <v>0</v>
       </c>
       <c r="J77" t="s">
-        <v>172</v>
+        <v>171</v>
       </c>
       <c r="K77">
         <v>1</v>
       </c>
       <c r="L77">
         <v>115.89</v>
       </c>
       <c r="M77">
         <v>115.89</v>
       </c>
     </row>
     <row r="78" spans="1:13" x14ac:dyDescent="0.25">
       <c r="A78">
         <v>77</v>
       </c>
       <c r="B78" t="s">
+        <v>191</v>
+      </c>
+      <c r="C78" t="s">
         <v>192</v>
       </c>
-      <c r="C78" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E78" t="s">
-        <v>127</v>
+        <v>126</v>
       </c>
       <c r="F78" t="s">
         <v>67</v>
       </c>
       <c r="G78" t="s">
         <v>17</v>
       </c>
       <c r="H78">
         <v>16</v>
       </c>
       <c r="I78" t="b">
         <v>0</v>
       </c>
       <c r="J78" t="s">
-        <v>172</v>
+        <v>171</v>
       </c>
       <c r="K78">
         <v>1</v>
       </c>
       <c r="L78">
         <v>108.24</v>
       </c>
       <c r="M78">
         <v>108.24</v>
       </c>
     </row>
     <row r="79" spans="1:13" x14ac:dyDescent="0.25">
       <c r="A79">
         <v>78</v>
       </c>
       <c r="B79" t="s">
-        <v>194</v>
+        <v>193</v>
       </c>
       <c r="C79" t="s">
         <v>33</v>
       </c>
       <c r="E79" t="s">
         <v>15</v>
       </c>
       <c r="F79" t="s">
         <v>51</v>
       </c>
       <c r="G79" t="s">
         <v>17</v>
       </c>
       <c r="H79">
         <v>15</v>
       </c>
       <c r="I79" t="b">
         <v>0</v>
       </c>
       <c r="J79" t="s">
-        <v>172</v>
+        <v>171</v>
       </c>
       <c r="K79">
         <v>1</v>
       </c>
       <c r="L79">
         <v>108.14</v>
       </c>
       <c r="M79">
         <v>108.14</v>
       </c>
     </row>
     <row r="80" spans="1:13" x14ac:dyDescent="0.25">
       <c r="A80">
         <v>79</v>
       </c>
       <c r="B80" t="s">
+        <v>194</v>
+      </c>
+      <c r="C80" t="s">
         <v>195</v>
       </c>
-      <c r="C80" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E80" t="s">
-        <v>146</v>
+        <v>145</v>
       </c>
       <c r="F80" t="s">
         <v>67</v>
       </c>
       <c r="G80" t="s">
         <v>17</v>
       </c>
       <c r="H80">
         <v>17</v>
       </c>
       <c r="I80" t="b">
         <v>0</v>
       </c>
       <c r="J80" t="s">
-        <v>172</v>
+        <v>171</v>
       </c>
       <c r="K80">
         <v>1</v>
       </c>
       <c r="L80">
         <v>107.41</v>
       </c>
       <c r="M80">
         <v>107.41</v>
       </c>
     </row>
     <row r="81" spans="1:13" x14ac:dyDescent="0.25">
       <c r="A81">
         <v>80</v>
       </c>
       <c r="B81" t="s">
+        <v>196</v>
+      </c>
+      <c r="C81" t="s">
         <v>197</v>
-      </c>
-[...1 lines deleted...]
-        <v>198</v>
       </c>
       <c r="E81" t="s">
         <v>36</v>
       </c>
       <c r="F81" t="s">
         <v>51</v>
       </c>
       <c r="G81" t="s">
         <v>58</v>
       </c>
       <c r="H81">
         <v>5</v>
       </c>
       <c r="I81" t="b">
         <v>0</v>
       </c>
       <c r="J81" t="s">
-        <v>172</v>
+        <v>171</v>
       </c>
       <c r="K81">
         <v>1</v>
       </c>
       <c r="L81">
         <v>105.93</v>
       </c>
       <c r="M81">
         <v>105.93</v>
       </c>
     </row>
     <row r="82" spans="1:13" x14ac:dyDescent="0.25">
       <c r="A82">
         <v>81</v>
       </c>
       <c r="B82" t="s">
+        <v>198</v>
+      </c>
+      <c r="C82" t="s">
         <v>199</v>
       </c>
-      <c r="C82" t="s">
+      <c r="E82" t="s">
         <v>200</v>
-      </c>
-[...1 lines deleted...]
-        <v>201</v>
       </c>
       <c r="F82" t="s">
         <v>16</v>
       </c>
       <c r="G82" t="s">
         <v>17</v>
       </c>
       <c r="H82">
         <v>22</v>
       </c>
       <c r="I82" t="b">
         <v>0</v>
       </c>
       <c r="J82" t="s">
-        <v>172</v>
+        <v>171</v>
       </c>
       <c r="K82">
         <v>1</v>
       </c>
       <c r="L82">
         <v>105.5</v>
       </c>
       <c r="M82">
         <v>105.5</v>
       </c>
     </row>
     <row r="83" spans="1:13" x14ac:dyDescent="0.25">
       <c r="A83">
         <v>82</v>
       </c>
       <c r="B83" t="s">
+        <v>201</v>
+      </c>
+      <c r="C83" t="s">
         <v>202</v>
-      </c>
-[...1 lines deleted...]
-        <v>203</v>
       </c>
       <c r="D83">
         <v>1821</v>
       </c>
       <c r="E83" t="s">
-        <v>111</v>
+        <v>110</v>
       </c>
       <c r="F83" t="s">
         <v>51</v>
       </c>
       <c r="G83" t="s">
         <v>17</v>
       </c>
       <c r="H83">
         <v>16</v>
       </c>
       <c r="I83" t="b">
         <v>0</v>
       </c>
       <c r="J83" t="s">
-        <v>172</v>
+        <v>171</v>
       </c>
       <c r="K83">
         <v>1</v>
       </c>
       <c r="L83">
         <v>102.57</v>
       </c>
       <c r="M83">
         <v>102.57</v>
       </c>
     </row>
     <row r="84" spans="1:13" x14ac:dyDescent="0.25">
       <c r="A84">
         <v>83</v>
       </c>
       <c r="B84" t="s">
         <v>76</v>
       </c>
       <c r="C84" t="s">
-        <v>204</v>
+        <v>203</v>
       </c>
       <c r="E84" t="s">
-        <v>132</v>
+        <v>131</v>
       </c>
       <c r="F84" t="s">
         <v>16</v>
       </c>
       <c r="G84" t="s">
         <v>17</v>
       </c>
       <c r="H84">
         <v>23</v>
       </c>
       <c r="I84" t="b">
         <v>0</v>
       </c>
       <c r="J84" t="s">
-        <v>172</v>
+        <v>171</v>
       </c>
       <c r="K84">
         <v>1</v>
       </c>
       <c r="L84">
         <v>100.06</v>
       </c>
       <c r="M84">
         <v>100.06</v>
       </c>
     </row>
     <row r="85" spans="1:13" x14ac:dyDescent="0.25">
       <c r="A85">
         <v>84</v>
       </c>
       <c r="B85" t="s">
-        <v>194</v>
+        <v>193</v>
       </c>
       <c r="C85" t="s">
-        <v>205</v>
+        <v>204</v>
       </c>
       <c r="E85" t="s">
         <v>15</v>
       </c>
       <c r="F85" t="s">
-        <v>103</v>
+        <v>102</v>
       </c>
       <c r="G85" t="s">
         <v>17</v>
       </c>
       <c r="H85">
         <v>5</v>
       </c>
       <c r="I85" t="b">
         <v>0</v>
       </c>
       <c r="J85" t="s">
-        <v>172</v>
+        <v>171</v>
       </c>
       <c r="K85">
         <v>1</v>
       </c>
       <c r="L85">
         <v>98.9</v>
       </c>
       <c r="M85">
         <v>98.9</v>
       </c>
     </row>
     <row r="86" spans="1:13" x14ac:dyDescent="0.25">
       <c r="A86">
         <v>85</v>
       </c>
       <c r="B86" t="s">
-        <v>106</v>
+        <v>105</v>
       </c>
       <c r="C86" t="s">
         <v>50</v>
       </c>
       <c r="E86" t="s">
         <v>36</v>
       </c>
       <c r="F86" t="s">
-        <v>143</v>
+        <v>142</v>
       </c>
       <c r="G86" t="s">
         <v>17</v>
       </c>
       <c r="H86">
         <v>2</v>
       </c>
       <c r="I86" t="b">
         <v>0</v>
       </c>
       <c r="J86" t="s">
-        <v>172</v>
+        <v>171</v>
       </c>
       <c r="K86">
         <v>1</v>
       </c>
       <c r="L86">
         <v>96.33</v>
       </c>
       <c r="M86">
         <v>96.33</v>
       </c>
     </row>
     <row r="87" spans="1:13" x14ac:dyDescent="0.25">
       <c r="A87">
         <v>86</v>
       </c>
       <c r="B87" t="s">
+        <v>205</v>
+      </c>
+      <c r="C87" t="s">
         <v>206</v>
       </c>
-      <c r="C87" t="s">
+      <c r="E87" t="s">
         <v>207</v>
-      </c>
-[...1 lines deleted...]
-        <v>208</v>
       </c>
       <c r="F87" t="s">
         <v>51</v>
       </c>
       <c r="G87" t="s">
         <v>58</v>
       </c>
       <c r="H87">
         <v>6</v>
       </c>
       <c r="I87" t="b">
         <v>0</v>
       </c>
       <c r="J87" t="s">
-        <v>172</v>
+        <v>171</v>
       </c>
       <c r="K87">
         <v>1</v>
       </c>
       <c r="L87">
         <v>95</v>
       </c>
       <c r="M87">
         <v>95</v>
       </c>
     </row>
     <row r="88" spans="1:13" x14ac:dyDescent="0.25">
       <c r="A88">
         <v>87</v>
       </c>
       <c r="B88" t="s">
         <v>87</v>
       </c>
       <c r="C88" t="s">
-        <v>209</v>
+        <v>208</v>
       </c>
       <c r="E88" t="s">
         <v>24</v>
       </c>
       <c r="F88" t="s">
         <v>16</v>
       </c>
       <c r="G88" t="s">
         <v>58</v>
       </c>
       <c r="H88">
         <v>3</v>
       </c>
       <c r="I88" t="b">
         <v>0</v>
       </c>
       <c r="J88" t="s">
-        <v>172</v>
+        <v>171</v>
       </c>
       <c r="K88">
         <v>1</v>
       </c>
       <c r="L88">
         <v>93.77</v>
       </c>
       <c r="M88">
         <v>93.77</v>
       </c>
     </row>
     <row r="89" spans="1:13" x14ac:dyDescent="0.25">
       <c r="A89">
         <v>88</v>
       </c>
       <c r="B89" t="s">
+        <v>209</v>
+      </c>
+      <c r="C89" t="s">
         <v>210</v>
-      </c>
-[...1 lines deleted...]
-        <v>211</v>
       </c>
       <c r="D89">
         <v>1612</v>
       </c>
       <c r="E89" t="s">
         <v>24</v>
       </c>
       <c r="F89" t="s">
         <v>51</v>
       </c>
       <c r="G89" t="s">
         <v>17</v>
       </c>
       <c r="H89">
         <v>17</v>
       </c>
       <c r="I89" t="b">
         <v>0</v>
       </c>
       <c r="J89" t="s">
-        <v>172</v>
+        <v>171</v>
       </c>
       <c r="K89">
         <v>1</v>
       </c>
       <c r="L89">
         <v>93.66</v>
       </c>
       <c r="M89">
         <v>93.66</v>
       </c>
     </row>
     <row r="90" spans="1:13" x14ac:dyDescent="0.25">
       <c r="A90">
         <v>89</v>
       </c>
       <c r="B90" t="s">
+        <v>211</v>
+      </c>
+      <c r="C90" t="s">
         <v>212</v>
-      </c>
-[...1 lines deleted...]
-        <v>213</v>
       </c>
       <c r="E90" t="s">
         <v>18</v>
       </c>
       <c r="F90" t="s">
         <v>16</v>
       </c>
       <c r="G90" t="s">
         <v>58</v>
       </c>
       <c r="H90">
         <v>4</v>
       </c>
       <c r="I90" t="b">
         <v>0</v>
       </c>
       <c r="J90" t="s">
-        <v>172</v>
+        <v>171</v>
       </c>
       <c r="K90">
         <v>1</v>
       </c>
       <c r="L90">
         <v>93.66</v>
       </c>
       <c r="M90">
         <v>93.66</v>
       </c>
     </row>
     <row r="91" spans="1:13" x14ac:dyDescent="0.25">
       <c r="A91">
         <v>90</v>
       </c>
       <c r="B91" t="s">
+        <v>213</v>
+      </c>
+      <c r="C91" t="s">
         <v>214</v>
-      </c>
-[...1 lines deleted...]
-        <v>215</v>
       </c>
       <c r="E91" t="s">
         <v>18</v>
       </c>
       <c r="F91" t="s">
         <v>16</v>
       </c>
       <c r="G91" t="s">
         <v>58</v>
       </c>
       <c r="H91">
         <v>5</v>
       </c>
       <c r="I91" t="b">
         <v>0</v>
       </c>
       <c r="J91" t="s">
-        <v>172</v>
+        <v>171</v>
       </c>
       <c r="K91">
         <v>1</v>
       </c>
       <c r="L91">
         <v>93.34</v>
       </c>
       <c r="M91">
         <v>93.34</v>
       </c>
     </row>
     <row r="92" spans="1:13" x14ac:dyDescent="0.25">
       <c r="A92">
         <v>91</v>
       </c>
       <c r="B92" t="s">
+        <v>215</v>
+      </c>
+      <c r="C92" t="s">
         <v>216</v>
-      </c>
-[...1 lines deleted...]
-        <v>217</v>
       </c>
       <c r="E92" t="s">
         <v>36</v>
       </c>
       <c r="F92" t="s">
         <v>51</v>
       </c>
       <c r="G92" t="s">
         <v>58</v>
       </c>
       <c r="H92">
         <v>7</v>
       </c>
       <c r="I92" t="b">
         <v>0</v>
       </c>
       <c r="J92" t="s">
-        <v>172</v>
+        <v>171</v>
       </c>
       <c r="K92">
         <v>1</v>
       </c>
       <c r="L92">
         <v>92.33</v>
       </c>
       <c r="M92">
         <v>92.33</v>
       </c>
     </row>
     <row r="93" spans="1:13" x14ac:dyDescent="0.25">
       <c r="A93">
         <v>92</v>
       </c>
       <c r="B93" t="s">
         <v>34</v>
       </c>
       <c r="C93" t="s">
-        <v>218</v>
+        <v>217</v>
       </c>
       <c r="E93" t="s">
         <v>18</v>
       </c>
       <c r="F93" t="s">
         <v>16</v>
       </c>
       <c r="G93" t="s">
         <v>17</v>
       </c>
       <c r="H93">
         <v>24</v>
       </c>
       <c r="I93" t="b">
         <v>0</v>
       </c>
       <c r="J93" t="s">
-        <v>172</v>
+        <v>171</v>
       </c>
       <c r="K93">
         <v>1</v>
       </c>
       <c r="L93">
         <v>91.47</v>
       </c>
       <c r="M93">
         <v>91.47</v>
       </c>
     </row>
     <row r="94" spans="1:13" x14ac:dyDescent="0.25">
       <c r="A94">
         <v>93</v>
       </c>
       <c r="B94" t="s">
+        <v>218</v>
+      </c>
+      <c r="C94" t="s">
         <v>219</v>
-      </c>
-[...1 lines deleted...]
-        <v>220</v>
       </c>
       <c r="E94" t="s">
         <v>18</v>
       </c>
       <c r="F94" t="s">
         <v>16</v>
       </c>
       <c r="G94" t="s">
         <v>58</v>
       </c>
       <c r="H94">
         <v>6</v>
       </c>
       <c r="I94" t="b">
         <v>0</v>
       </c>
       <c r="J94" t="s">
-        <v>172</v>
+        <v>171</v>
       </c>
       <c r="K94">
         <v>1</v>
       </c>
       <c r="L94">
         <v>89.97</v>
       </c>
       <c r="M94">
         <v>89.97</v>
       </c>
     </row>
     <row r="95" spans="1:13" x14ac:dyDescent="0.25">
       <c r="A95">
         <v>94</v>
       </c>
       <c r="B95" t="s">
+        <v>220</v>
+      </c>
+      <c r="C95" t="s">
         <v>221</v>
-      </c>
-[...1 lines deleted...]
-        <v>222</v>
       </c>
       <c r="E95" t="s">
         <v>36</v>
       </c>
       <c r="F95" t="s">
         <v>51</v>
       </c>
       <c r="G95" t="s">
         <v>58</v>
       </c>
       <c r="H95">
         <v>8</v>
       </c>
       <c r="I95" t="b">
         <v>0</v>
       </c>
       <c r="J95" t="s">
-        <v>172</v>
+        <v>171</v>
       </c>
       <c r="K95">
         <v>1</v>
       </c>
       <c r="L95">
         <v>89.73</v>
       </c>
       <c r="M95">
         <v>89.73</v>
       </c>
     </row>
     <row r="96" spans="1:13" x14ac:dyDescent="0.25">
       <c r="A96">
         <v>95</v>
       </c>
       <c r="B96" t="s">
-        <v>104</v>
+        <v>103</v>
       </c>
       <c r="C96" t="s">
-        <v>223</v>
+        <v>222</v>
       </c>
       <c r="E96" t="s">
-        <v>146</v>
+        <v>145</v>
       </c>
       <c r="F96" t="s">
         <v>51</v>
       </c>
       <c r="G96" t="s">
         <v>17</v>
       </c>
       <c r="H96">
         <v>18</v>
       </c>
       <c r="I96" t="b">
         <v>0</v>
       </c>
       <c r="J96" t="s">
-        <v>172</v>
+        <v>171</v>
       </c>
       <c r="K96">
         <v>1</v>
       </c>
       <c r="L96">
         <v>88.38</v>
       </c>
       <c r="M96">
         <v>88.38</v>
       </c>
     </row>
     <row r="97" spans="1:13" x14ac:dyDescent="0.25">
       <c r="A97">
         <v>96</v>
       </c>
       <c r="B97" t="s">
+        <v>223</v>
+      </c>
+      <c r="C97" t="s">
         <v>224</v>
-      </c>
-[...1 lines deleted...]
-        <v>225</v>
       </c>
       <c r="E97" t="s">
         <v>36</v>
       </c>
       <c r="F97" t="s">
-        <v>103</v>
+        <v>102</v>
       </c>
       <c r="G97" t="s">
         <v>17</v>
       </c>
       <c r="H97">
         <v>6</v>
       </c>
       <c r="I97" t="b">
         <v>0</v>
       </c>
       <c r="J97" t="s">
-        <v>172</v>
+        <v>171</v>
       </c>
       <c r="K97">
         <v>1</v>
       </c>
       <c r="L97">
         <v>87.65</v>
       </c>
       <c r="M97">
         <v>87.65</v>
       </c>
     </row>
     <row r="98" spans="1:13" x14ac:dyDescent="0.25">
       <c r="A98">
         <v>97</v>
       </c>
       <c r="B98" t="s">
-        <v>226</v>
+        <v>225</v>
       </c>
       <c r="C98" t="s">
         <v>43</v>
       </c>
       <c r="E98" t="s">
-        <v>227</v>
+        <v>226</v>
       </c>
       <c r="F98" t="s">
         <v>51</v>
       </c>
       <c r="G98" t="s">
         <v>58</v>
       </c>
       <c r="H98">
         <v>9</v>
       </c>
       <c r="I98" t="b">
         <v>0</v>
       </c>
       <c r="J98" t="s">
-        <v>172</v>
+        <v>171</v>
       </c>
       <c r="K98">
         <v>1</v>
       </c>
       <c r="L98">
         <v>87.16</v>
       </c>
       <c r="M98">
         <v>87.16</v>
       </c>
     </row>
     <row r="99" spans="1:13" x14ac:dyDescent="0.25">
       <c r="A99">
         <v>98</v>
       </c>
       <c r="B99" t="s">
+        <v>227</v>
+      </c>
+      <c r="C99" t="s">
         <v>228</v>
       </c>
-      <c r="C99" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E99" t="s">
-        <v>227</v>
+        <v>226</v>
       </c>
       <c r="F99" t="s">
-        <v>103</v>
+        <v>102</v>
       </c>
       <c r="G99" t="s">
         <v>58</v>
       </c>
       <c r="H99">
         <v>7</v>
       </c>
       <c r="I99" t="b">
         <v>0</v>
       </c>
       <c r="J99" t="s">
-        <v>172</v>
+        <v>171</v>
       </c>
       <c r="K99">
         <v>1</v>
       </c>
       <c r="L99">
         <v>87.04</v>
       </c>
       <c r="M99">
         <v>87.04</v>
       </c>
     </row>
     <row r="100" spans="1:13" x14ac:dyDescent="0.25">
       <c r="A100">
         <v>99</v>
       </c>
       <c r="B100" t="s">
+        <v>229</v>
+      </c>
+      <c r="C100" t="s">
         <v>230</v>
-      </c>
-[...1 lines deleted...]
-        <v>231</v>
       </c>
       <c r="E100" t="s">
         <v>18</v>
       </c>
       <c r="F100" t="s">
         <v>16</v>
       </c>
       <c r="G100" t="s">
         <v>17</v>
       </c>
       <c r="H100">
         <v>25</v>
       </c>
       <c r="I100" t="b">
         <v>0</v>
       </c>
       <c r="J100" t="s">
-        <v>172</v>
+        <v>171</v>
       </c>
       <c r="K100">
         <v>1</v>
       </c>
       <c r="L100">
         <v>86.2</v>
       </c>
       <c r="M100">
         <v>86.2</v>
       </c>
     </row>
     <row r="101" spans="1:13" x14ac:dyDescent="0.25">
       <c r="A101">
         <v>100</v>
       </c>
       <c r="B101" t="s">
+        <v>231</v>
+      </c>
+      <c r="C101" t="s">
+        <v>217</v>
+      </c>
+      <c r="E101" t="s">
         <v>232</v>
       </c>
-      <c r="C101" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F101" t="s">
-        <v>103</v>
+        <v>102</v>
       </c>
       <c r="G101" t="s">
         <v>17</v>
       </c>
       <c r="H101">
         <v>7</v>
       </c>
       <c r="I101" t="b">
         <v>0</v>
       </c>
       <c r="J101" t="s">
-        <v>172</v>
+        <v>171</v>
       </c>
       <c r="K101">
         <v>1</v>
       </c>
       <c r="L101">
         <v>83.84</v>
       </c>
       <c r="M101">
         <v>83.84</v>
       </c>
     </row>
     <row r="102" spans="1:13" x14ac:dyDescent="0.25">
       <c r="A102">
         <v>101</v>
       </c>
       <c r="B102" t="s">
+        <v>233</v>
+      </c>
+      <c r="C102" t="s">
         <v>234</v>
       </c>
-      <c r="C102" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E102" t="s">
-        <v>146</v>
+        <v>145</v>
       </c>
       <c r="F102" t="s">
         <v>67</v>
       </c>
       <c r="G102" t="s">
         <v>17</v>
       </c>
       <c r="H102">
         <v>18</v>
       </c>
       <c r="I102" t="b">
         <v>0</v>
       </c>
       <c r="J102" t="s">
-        <v>172</v>
+        <v>171</v>
       </c>
       <c r="K102">
         <v>1</v>
       </c>
       <c r="L102">
         <v>83.83</v>
       </c>
       <c r="M102">
         <v>83.83</v>
       </c>
     </row>
     <row r="103" spans="1:13" x14ac:dyDescent="0.25">
       <c r="A103">
         <v>102</v>
       </c>
       <c r="B103" t="s">
+        <v>235</v>
+      </c>
+      <c r="C103" t="s">
         <v>236</v>
-      </c>
-[...1 lines deleted...]
-        <v>237</v>
       </c>
       <c r="E103" t="s">
         <v>36</v>
       </c>
       <c r="F103" t="s">
         <v>51</v>
       </c>
       <c r="G103" t="s">
         <v>58</v>
       </c>
       <c r="H103">
         <v>10</v>
       </c>
       <c r="I103" t="b">
         <v>0</v>
       </c>
       <c r="J103" t="s">
-        <v>172</v>
+        <v>171</v>
       </c>
       <c r="K103">
         <v>1</v>
       </c>
       <c r="L103">
         <v>83.64</v>
       </c>
       <c r="M103">
         <v>83.64</v>
       </c>
     </row>
     <row r="104" spans="1:13" x14ac:dyDescent="0.25">
       <c r="A104">
         <v>103</v>
       </c>
       <c r="B104" t="s">
-        <v>238</v>
+        <v>237</v>
       </c>
       <c r="C104" t="s">
         <v>101</v>
       </c>
       <c r="E104" t="s">
         <v>18</v>
       </c>
       <c r="F104" t="s">
-        <v>103</v>
+        <v>102</v>
       </c>
       <c r="G104" t="s">
         <v>58</v>
       </c>
       <c r="H104">
         <v>8</v>
       </c>
       <c r="I104" t="b">
         <v>0</v>
       </c>
       <c r="J104" t="s">
-        <v>172</v>
+        <v>171</v>
       </c>
       <c r="K104">
         <v>1</v>
       </c>
       <c r="L104">
         <v>83.21</v>
       </c>
       <c r="M104">
         <v>83.21</v>
       </c>
     </row>
     <row r="105" spans="1:13" x14ac:dyDescent="0.25">
       <c r="A105">
         <v>104</v>
       </c>
       <c r="B105" t="s">
+        <v>238</v>
+      </c>
+      <c r="C105" t="s">
         <v>239</v>
-      </c>
-[...1 lines deleted...]
-        <v>240</v>
       </c>
       <c r="E105" t="s">
         <v>18</v>
       </c>
       <c r="F105" t="s">
         <v>16</v>
       </c>
       <c r="G105" t="s">
         <v>58</v>
       </c>
       <c r="H105">
         <v>7</v>
       </c>
       <c r="I105" t="b">
         <v>0</v>
       </c>
       <c r="J105" t="s">
-        <v>172</v>
+        <v>171</v>
       </c>
       <c r="K105">
         <v>1</v>
       </c>
       <c r="L105">
         <v>79.67</v>
       </c>
       <c r="M105">
         <v>79.67</v>
       </c>
     </row>
     <row r="106" spans="1:13" x14ac:dyDescent="0.25">
       <c r="A106">
         <v>105</v>
       </c>
       <c r="B106" t="s">
-        <v>241</v>
+        <v>240</v>
       </c>
       <c r="C106" t="s">
         <v>43</v>
       </c>
       <c r="E106" t="s">
         <v>36</v>
       </c>
       <c r="F106" t="s">
-        <v>103</v>
+        <v>102</v>
       </c>
       <c r="G106" t="s">
         <v>58</v>
       </c>
       <c r="H106">
         <v>9</v>
       </c>
       <c r="I106" t="b">
         <v>0</v>
       </c>
       <c r="J106" t="s">
-        <v>172</v>
+        <v>171</v>
       </c>
       <c r="K106">
         <v>1</v>
       </c>
       <c r="L106">
         <v>68.48</v>
       </c>
       <c r="M106">
         <v>68.48</v>
       </c>
     </row>
     <row r="107" spans="1:13" x14ac:dyDescent="0.25">
       <c r="A107">
         <v>106</v>
       </c>
       <c r="B107" t="s">
-        <v>194</v>
+        <v>193</v>
       </c>
       <c r="C107" t="s">
-        <v>242</v>
+        <v>241</v>
       </c>
       <c r="E107" t="s">
         <v>36</v>
       </c>
       <c r="F107" t="s">
         <v>51</v>
       </c>
       <c r="G107" t="s">
         <v>17</v>
       </c>
       <c r="H107">
         <v>19</v>
       </c>
       <c r="I107" t="b">
         <v>0</v>
       </c>
       <c r="J107" t="s">
-        <v>172</v>
+        <v>171</v>
       </c>
       <c r="K107">
         <v>1</v>
       </c>
       <c r="L107">
         <v>68.06</v>
       </c>
       <c r="M107">
         <v>68.06</v>
       </c>
     </row>
     <row r="108" spans="1:13" x14ac:dyDescent="0.25">
       <c r="A108">
         <v>107</v>
       </c>
       <c r="B108" t="s">
+        <v>242</v>
+      </c>
+      <c r="C108" t="s">
         <v>243</v>
-      </c>
-[...1 lines deleted...]
-        <v>244</v>
       </c>
       <c r="E108" t="s">
         <v>36</v>
       </c>
       <c r="F108" t="s">
-        <v>143</v>
+        <v>142</v>
       </c>
       <c r="G108" t="s">
         <v>58</v>
       </c>
       <c r="H108">
         <v>1</v>
       </c>
       <c r="I108" t="b">
         <v>0</v>
       </c>
       <c r="J108" t="s">
-        <v>172</v>
+        <v>171</v>
       </c>
       <c r="K108">
         <v>1</v>
       </c>
       <c r="L108">
         <v>67.91</v>
       </c>
       <c r="M108">
         <v>67.91</v>
       </c>
     </row>
     <row r="109" spans="1:13" x14ac:dyDescent="0.25">
       <c r="A109">
         <v>108</v>
       </c>
       <c r="B109" t="s">
+        <v>244</v>
+      </c>
+      <c r="C109" t="s">
         <v>245</v>
-      </c>
-[...1 lines deleted...]
-        <v>246</v>
       </c>
       <c r="E109" t="s">
         <v>18</v>
       </c>
       <c r="F109" t="s">
         <v>16</v>
       </c>
       <c r="G109" t="s">
         <v>58</v>
       </c>
       <c r="H109">
         <v>8</v>
       </c>
       <c r="I109" t="b">
         <v>0</v>
       </c>
       <c r="J109" t="s">
-        <v>172</v>
+        <v>171</v>
       </c>
       <c r="K109">
         <v>1</v>
       </c>
       <c r="L109">
         <v>67.34</v>
       </c>
       <c r="M109">
         <v>67.34</v>
       </c>
     </row>
     <row r="110" spans="1:13" x14ac:dyDescent="0.25">
       <c r="A110">
         <v>109</v>
       </c>
       <c r="B110" t="s">
+        <v>246</v>
+      </c>
+      <c r="C110" t="s">
         <v>247</v>
-      </c>
-[...1 lines deleted...]
-        <v>248</v>
       </c>
       <c r="E110" t="s">
         <v>36</v>
       </c>
       <c r="F110" t="s">
-        <v>103</v>
+        <v>102</v>
       </c>
       <c r="G110" t="s">
         <v>58</v>
       </c>
       <c r="H110">
         <v>10</v>
       </c>
       <c r="I110" t="b">
         <v>0</v>
       </c>
       <c r="J110" t="s">
-        <v>172</v>
+        <v>171</v>
       </c>
       <c r="K110">
         <v>1</v>
       </c>
       <c r="L110">
         <v>63.98</v>
       </c>
       <c r="M110">
         <v>63.98</v>
       </c>
     </row>
     <row r="111" spans="1:13" x14ac:dyDescent="0.25">
       <c r="A111">
         <v>110</v>
       </c>
       <c r="B111" t="s">
+        <v>248</v>
+      </c>
+      <c r="C111" t="s">
         <v>249</v>
-      </c>
-[...1 lines deleted...]
-        <v>250</v>
       </c>
       <c r="E111" t="s">
         <v>36</v>
       </c>
       <c r="F111" t="s">
-        <v>143</v>
+        <v>142</v>
       </c>
       <c r="G111" t="s">
         <v>58</v>
       </c>
       <c r="H111">
         <v>2</v>
       </c>
       <c r="I111" t="b">
         <v>0</v>
       </c>
       <c r="J111" t="s">
-        <v>172</v>
+        <v>171</v>
       </c>
       <c r="K111">
         <v>1</v>
       </c>
       <c r="L111">
         <v>55.21</v>
       </c>
       <c r="M111">
         <v>55.21</v>
       </c>
     </row>
     <row r="112" spans="1:13" x14ac:dyDescent="0.25">
       <c r="A112">
         <v>111</v>
       </c>
       <c r="B112" t="s">
         <v>52</v>
       </c>
       <c r="C112" t="s">
+        <v>250</v>
+      </c>
+      <c r="E112" t="s">
         <v>251</v>
       </c>
-      <c r="E112" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F112" t="s">
-        <v>143</v>
+        <v>142</v>
       </c>
       <c r="G112" t="s">
         <v>17</v>
       </c>
       <c r="H112">
         <v>3</v>
       </c>
       <c r="I112" t="b">
         <v>0</v>
       </c>
       <c r="J112" t="s">
-        <v>172</v>
+        <v>171</v>
       </c>
       <c r="K112">
         <v>1</v>
       </c>
       <c r="L112">
         <v>55.08</v>
       </c>
       <c r="M112">
         <v>55.08</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup orientation="portrait" horizontalDpi="4294967295" verticalDpi="4294967295" scale="100" fitToWidth="1" fitToHeight="1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>