--- v1 (2026-01-15)
+++ v2 (2026-03-03)
@@ -8,51 +8,51 @@
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Default Extension="vml" ContentType="application/vnd.openxmlformats-officedocument.vmlDrawing"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" mc:Ignorable="x15">
   <fileVersion appName="xl" lastEdited="5" lowestEdited="5" rupBuild="9303"/>
   <workbookPr defaultThemeVersion="164011" filterPrivacy="1"/>
   <sheets>
     <sheet sheetId="1" name="Data" state="visible" r:id="rId4"/>
   </sheets>
   <calcPr calcId="171027"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="1240" uniqueCount="240">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="1275" uniqueCount="240">
   <si>
     <t>Overall Position</t>
   </si>
   <si>
     <t>First Name</t>
   </si>
   <si>
     <t>Last Name</t>
   </si>
   <si>
     <t>WFRA membership no</t>
   </si>
   <si>
     <t>Club</t>
   </si>
   <si>
     <t>Age Category</t>
   </si>
   <si>
     <t>Class</t>
   </si>
   <si>
     <t>Category Position</t>
   </si>
   <si>
@@ -1196,284 +1196,284 @@
       <c r="B2" t="s">
         <v>18</v>
       </c>
       <c r="C2" t="s">
         <v>19</v>
       </c>
       <c r="E2" t="s">
         <v>20</v>
       </c>
       <c r="F2" t="s">
         <v>21</v>
       </c>
       <c r="G2" t="s">
         <v>22</v>
       </c>
       <c r="H2">
         <v>1</v>
       </c>
       <c r="I2" t="b">
         <v>1</v>
       </c>
       <c r="J2" t="s">
         <v>20</v>
       </c>
       <c r="K2">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="L2">
         <v>108.23</v>
       </c>
       <c r="M2">
         <v>140.77</v>
       </c>
-      <c r="N2">
-        <v>144.07</v>
+      <c r="N2" t="s">
+        <v>20</v>
       </c>
       <c r="O2" t="s">
         <v>20</v>
       </c>
       <c r="P2" t="s">
         <v>20</v>
       </c>
       <c r="Q2">
         <v>147.09</v>
       </c>
       <c r="R2">
         <v>431.93</v>
       </c>
     </row>
     <row r="3" spans="1:18" x14ac:dyDescent="0.25">
       <c r="A3">
         <v>2</v>
       </c>
       <c r="B3" t="s">
         <v>23</v>
       </c>
       <c r="C3" t="s">
         <v>24</v>
       </c>
       <c r="D3">
         <v>2259</v>
       </c>
       <c r="E3" t="s">
         <v>25</v>
       </c>
       <c r="F3" t="s">
         <v>21</v>
       </c>
       <c r="G3" t="s">
         <v>22</v>
       </c>
       <c r="H3">
         <v>2</v>
       </c>
       <c r="I3" t="b">
         <v>1</v>
       </c>
       <c r="J3" t="s">
         <v>20</v>
       </c>
       <c r="K3">
-        <v>5</v>
+        <v>4</v>
       </c>
       <c r="L3">
         <v>105.48</v>
       </c>
       <c r="M3">
         <v>119.5</v>
       </c>
-      <c r="N3">
-        <v>116.03</v>
+      <c r="N3" t="s">
+        <v>20</v>
       </c>
       <c r="O3">
         <v>144.35</v>
       </c>
       <c r="P3" t="s">
         <v>20</v>
       </c>
       <c r="Q3">
         <v>132.96</v>
       </c>
       <c r="R3">
         <v>396.81</v>
       </c>
     </row>
     <row r="4" spans="1:18" x14ac:dyDescent="0.25">
       <c r="A4">
         <v>3</v>
       </c>
       <c r="B4" t="s">
         <v>26</v>
       </c>
       <c r="C4" t="s">
         <v>27</v>
       </c>
       <c r="D4">
         <v>2440</v>
       </c>
       <c r="E4" t="s">
         <v>28</v>
       </c>
       <c r="F4" t="s">
         <v>29</v>
       </c>
       <c r="G4" t="s">
         <v>22</v>
       </c>
       <c r="H4">
         <v>1</v>
       </c>
       <c r="I4" t="b">
         <v>1</v>
       </c>
       <c r="J4" t="s">
         <v>20</v>
       </c>
       <c r="K4">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="L4">
         <v>174.51</v>
       </c>
       <c r="M4">
         <v>106.72</v>
       </c>
-      <c r="N4">
-        <v>98.08</v>
+      <c r="N4" t="s">
+        <v>20</v>
       </c>
       <c r="O4" t="s">
         <v>20</v>
       </c>
       <c r="P4" t="s">
         <v>20</v>
       </c>
       <c r="Q4">
         <v>114.05</v>
       </c>
       <c r="R4">
         <v>395.28</v>
       </c>
     </row>
     <row r="5" spans="1:18" x14ac:dyDescent="0.25">
       <c r="A5">
         <v>4</v>
       </c>
       <c r="B5" t="s">
         <v>30</v>
       </c>
       <c r="C5" t="s">
         <v>27</v>
       </c>
       <c r="D5">
         <v>2469</v>
       </c>
       <c r="E5" t="s">
         <v>28</v>
       </c>
       <c r="F5" t="s">
         <v>21</v>
       </c>
       <c r="G5" t="s">
         <v>22</v>
       </c>
       <c r="H5">
         <v>3</v>
       </c>
       <c r="I5" t="b">
         <v>1</v>
       </c>
       <c r="J5" t="s">
         <v>20</v>
       </c>
       <c r="K5">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="L5" t="s">
         <v>20</v>
       </c>
       <c r="M5">
         <v>125.75</v>
       </c>
-      <c r="N5">
-        <v>129.02</v>
+      <c r="N5" t="s">
+        <v>20</v>
       </c>
       <c r="O5" t="s">
         <v>20</v>
       </c>
       <c r="P5" t="s">
         <v>20</v>
       </c>
       <c r="Q5">
         <v>132.81</v>
       </c>
       <c r="R5">
         <v>387.58</v>
       </c>
     </row>
     <row r="6" spans="1:18" x14ac:dyDescent="0.25">
       <c r="A6">
         <v>5</v>
       </c>
       <c r="B6" t="s">
         <v>31</v>
       </c>
       <c r="C6" t="s">
         <v>32</v>
       </c>
       <c r="D6">
         <v>2450</v>
       </c>
       <c r="E6" t="s">
         <v>33</v>
       </c>
       <c r="F6" t="s">
         <v>34</v>
       </c>
       <c r="G6" t="s">
         <v>35</v>
       </c>
       <c r="H6">
         <v>1</v>
       </c>
       <c r="I6" t="b">
         <v>1</v>
       </c>
       <c r="J6" t="s">
         <v>20</v>
       </c>
       <c r="K6">
-        <v>5</v>
+        <v>4</v>
       </c>
       <c r="L6">
         <v>120.19</v>
       </c>
       <c r="M6">
         <v>104.44</v>
       </c>
-      <c r="N6">
-        <v>120.56</v>
+      <c r="N6" t="s">
+        <v>20</v>
       </c>
       <c r="O6">
         <v>107.61</v>
       </c>
       <c r="P6" t="s">
         <v>20</v>
       </c>
       <c r="Q6">
         <v>104.69</v>
       </c>
       <c r="R6">
         <v>348.36</v>
       </c>
     </row>
     <row r="7" spans="1:18" x14ac:dyDescent="0.25">
       <c r="A7">
         <v>6</v>
       </c>
       <c r="B7" t="s">
         <v>36</v>
       </c>
       <c r="C7" t="s">
         <v>37</v>
       </c>
       <c r="D7">
@@ -1532,832 +1532,832 @@
       <c r="C8" t="s">
         <v>39</v>
       </c>
       <c r="D8">
         <v>2262</v>
       </c>
       <c r="E8" t="s">
         <v>25</v>
       </c>
       <c r="F8" t="s">
         <v>34</v>
       </c>
       <c r="G8" t="s">
         <v>22</v>
       </c>
       <c r="H8">
         <v>2</v>
       </c>
       <c r="I8" t="b">
         <v>1</v>
       </c>
       <c r="J8" t="s">
         <v>20</v>
       </c>
       <c r="K8">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="L8" t="s">
         <v>20</v>
       </c>
       <c r="M8">
         <v>106.08</v>
       </c>
-      <c r="N8">
-        <v>116.14</v>
+      <c r="N8" t="s">
+        <v>20</v>
       </c>
       <c r="O8">
         <v>115.79</v>
       </c>
       <c r="P8" t="s">
         <v>20</v>
       </c>
       <c r="Q8" t="s">
         <v>20</v>
       </c>
       <c r="R8">
         <v>338.01</v>
       </c>
     </row>
     <row r="9" spans="1:18" x14ac:dyDescent="0.25">
       <c r="A9">
         <v>8</v>
       </c>
       <c r="B9" t="s">
         <v>40</v>
       </c>
       <c r="C9" t="s">
         <v>41</v>
       </c>
       <c r="D9">
         <v>2381</v>
       </c>
       <c r="E9" t="s">
         <v>25</v>
       </c>
       <c r="F9" t="s">
         <v>34</v>
       </c>
       <c r="G9" t="s">
         <v>35</v>
       </c>
       <c r="H9">
         <v>2</v>
       </c>
       <c r="I9" t="b">
         <v>1</v>
       </c>
       <c r="J9" t="s">
         <v>20</v>
       </c>
       <c r="K9">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="L9">
         <v>113.46</v>
       </c>
       <c r="M9">
         <v>107.54</v>
       </c>
-      <c r="N9">
-        <v>116.22</v>
+      <c r="N9" t="s">
+        <v>20</v>
       </c>
       <c r="O9" t="s">
         <v>20</v>
       </c>
       <c r="P9" t="s">
         <v>20</v>
       </c>
       <c r="Q9" t="s">
         <v>20</v>
       </c>
       <c r="R9">
         <v>337.22</v>
       </c>
     </row>
     <row r="10" spans="1:18" x14ac:dyDescent="0.25">
       <c r="A10">
         <v>9</v>
       </c>
       <c r="B10" t="s">
         <v>42</v>
       </c>
       <c r="C10" t="s">
         <v>43</v>
       </c>
       <c r="E10" t="s">
         <v>20</v>
       </c>
       <c r="F10" t="s">
         <v>44</v>
       </c>
       <c r="G10" t="s">
         <v>22</v>
       </c>
       <c r="H10">
         <v>1</v>
       </c>
       <c r="I10" t="b">
         <v>1</v>
       </c>
       <c r="J10" t="s">
         <v>20</v>
       </c>
       <c r="K10">
-        <v>5</v>
+        <v>4</v>
       </c>
       <c r="L10">
         <v>105.31</v>
       </c>
       <c r="M10">
         <v>115.33</v>
       </c>
-      <c r="N10">
-        <v>108.06</v>
+      <c r="N10" t="s">
+        <v>20</v>
       </c>
       <c r="O10">
         <v>111.69</v>
       </c>
       <c r="P10" t="s">
         <v>20</v>
       </c>
       <c r="Q10">
         <v>109.92</v>
       </c>
       <c r="R10">
         <v>336.94</v>
       </c>
     </row>
     <row r="11" spans="1:18" x14ac:dyDescent="0.25">
       <c r="A11">
         <v>10</v>
       </c>
       <c r="B11" t="s">
         <v>45</v>
       </c>
       <c r="C11" t="s">
         <v>46</v>
       </c>
       <c r="D11">
         <v>2473</v>
       </c>
       <c r="E11" t="s">
         <v>25</v>
       </c>
       <c r="F11" t="s">
         <v>21</v>
       </c>
       <c r="G11" t="s">
         <v>35</v>
       </c>
       <c r="H11">
         <v>1</v>
       </c>
       <c r="I11" t="b">
         <v>1</v>
       </c>
       <c r="J11" t="s">
         <v>20</v>
       </c>
       <c r="K11">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="L11" t="s">
         <v>20</v>
       </c>
       <c r="M11">
         <v>100</v>
       </c>
-      <c r="N11">
-        <v>125.3</v>
+      <c r="N11" t="s">
+        <v>20</v>
       </c>
       <c r="O11">
         <v>94.94</v>
       </c>
       <c r="P11" t="s">
         <v>20</v>
       </c>
       <c r="Q11">
         <v>110.69</v>
       </c>
       <c r="R11">
         <v>335.99</v>
       </c>
     </row>
     <row r="12" spans="1:18" x14ac:dyDescent="0.25">
       <c r="A12">
         <v>11</v>
       </c>
       <c r="B12" t="s">
         <v>47</v>
       </c>
       <c r="C12" t="s">
         <v>48</v>
       </c>
       <c r="D12">
         <v>2352</v>
       </c>
       <c r="E12" t="s">
         <v>49</v>
       </c>
       <c r="F12" t="s">
         <v>44</v>
       </c>
       <c r="G12" t="s">
         <v>22</v>
       </c>
       <c r="H12">
         <v>2</v>
       </c>
       <c r="I12" t="b">
         <v>1</v>
       </c>
       <c r="J12" t="s">
         <v>20</v>
       </c>
       <c r="K12">
-        <v>5</v>
+        <v>4</v>
       </c>
       <c r="L12">
         <v>104.61</v>
       </c>
       <c r="M12">
         <v>109.58</v>
       </c>
-      <c r="N12">
-        <v>103.13</v>
+      <c r="N12" t="s">
+        <v>20</v>
       </c>
       <c r="O12">
         <v>106.46</v>
       </c>
       <c r="P12" t="s">
         <v>20</v>
       </c>
       <c r="Q12">
         <v>102.82</v>
       </c>
       <c r="R12">
         <v>320.65</v>
       </c>
     </row>
     <row r="13" spans="1:18" x14ac:dyDescent="0.25">
       <c r="A13">
         <v>12</v>
       </c>
       <c r="B13" t="s">
         <v>50</v>
       </c>
       <c r="C13" t="s">
         <v>48</v>
       </c>
       <c r="D13">
         <v>2266</v>
       </c>
       <c r="E13" t="s">
         <v>51</v>
       </c>
       <c r="F13" t="s">
         <v>34</v>
       </c>
       <c r="G13" t="s">
         <v>35</v>
       </c>
       <c r="H13">
         <v>3</v>
       </c>
       <c r="I13" t="b">
         <v>1</v>
       </c>
       <c r="J13" t="s">
         <v>20</v>
       </c>
       <c r="K13">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="L13">
         <v>106.21</v>
       </c>
       <c r="M13" t="s">
         <v>20</v>
       </c>
-      <c r="N13">
-        <v>112.48</v>
+      <c r="N13" t="s">
+        <v>20</v>
       </c>
       <c r="O13" t="s">
         <v>20</v>
       </c>
       <c r="P13" t="s">
         <v>20</v>
       </c>
       <c r="Q13">
         <v>99.3</v>
       </c>
       <c r="R13">
         <v>317.99</v>
       </c>
     </row>
     <row r="14" spans="1:18" x14ac:dyDescent="0.25">
       <c r="A14">
         <v>13</v>
       </c>
       <c r="B14" t="s">
         <v>52</v>
       </c>
       <c r="C14" t="s">
         <v>53</v>
       </c>
       <c r="D14">
         <v>2430</v>
       </c>
       <c r="E14" t="s">
         <v>54</v>
       </c>
       <c r="F14" t="s">
         <v>55</v>
       </c>
       <c r="G14" t="s">
         <v>22</v>
       </c>
       <c r="H14">
         <v>1</v>
       </c>
       <c r="I14" t="b">
         <v>1</v>
       </c>
       <c r="J14" t="s">
         <v>20</v>
       </c>
       <c r="K14">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="L14">
         <v>112.11</v>
       </c>
       <c r="M14">
         <v>109.22</v>
       </c>
-      <c r="N14">
-        <v>93.69</v>
+      <c r="N14" t="s">
+        <v>20</v>
       </c>
       <c r="O14">
         <v>86.66</v>
       </c>
       <c r="P14" t="s">
         <v>20</v>
       </c>
       <c r="Q14" t="s">
         <v>20</v>
       </c>
       <c r="R14">
         <v>315.02</v>
       </c>
     </row>
     <row r="15" spans="1:18" x14ac:dyDescent="0.25">
       <c r="A15">
         <v>14</v>
       </c>
       <c r="B15" t="s">
         <v>56</v>
       </c>
       <c r="C15" t="s">
         <v>57</v>
       </c>
       <c r="D15">
         <v>2234</v>
       </c>
       <c r="E15" t="s">
         <v>25</v>
       </c>
       <c r="F15" t="s">
         <v>34</v>
       </c>
       <c r="G15" t="s">
         <v>35</v>
       </c>
       <c r="H15">
         <v>4</v>
       </c>
       <c r="I15" t="b">
         <v>1</v>
       </c>
       <c r="J15" t="s">
         <v>20</v>
       </c>
       <c r="K15">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="L15">
         <v>112.36</v>
       </c>
       <c r="M15">
         <v>97.48</v>
       </c>
-      <c r="N15">
-        <v>104.56</v>
+      <c r="N15" t="s">
+        <v>20</v>
       </c>
       <c r="O15" t="s">
         <v>20</v>
       </c>
       <c r="P15" t="s">
         <v>20</v>
       </c>
       <c r="Q15">
         <v>90.03</v>
       </c>
       <c r="R15">
         <v>314.4</v>
       </c>
     </row>
     <row r="16" spans="1:18" x14ac:dyDescent="0.25">
       <c r="A16">
         <v>15</v>
       </c>
       <c r="B16" t="s">
         <v>36</v>
       </c>
       <c r="C16" t="s">
         <v>58</v>
       </c>
       <c r="E16" t="s">
         <v>25</v>
       </c>
       <c r="F16" t="s">
         <v>29</v>
       </c>
       <c r="G16" t="s">
         <v>22</v>
       </c>
       <c r="H16">
         <v>2</v>
       </c>
       <c r="I16" t="b">
         <v>1</v>
       </c>
       <c r="J16" t="s">
         <v>20</v>
       </c>
       <c r="K16">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="L16" t="s">
         <v>20</v>
       </c>
       <c r="M16">
         <v>110.4</v>
       </c>
-      <c r="N16">
-        <v>102</v>
+      <c r="N16" t="s">
+        <v>20</v>
       </c>
       <c r="O16">
         <v>100</v>
       </c>
       <c r="P16" t="s">
         <v>20</v>
       </c>
       <c r="Q16" t="s">
         <v>20</v>
       </c>
       <c r="R16">
         <v>312.4</v>
       </c>
     </row>
     <row r="17" spans="1:18" x14ac:dyDescent="0.25">
       <c r="A17">
         <v>16</v>
       </c>
       <c r="B17" t="s">
         <v>59</v>
       </c>
       <c r="C17" t="s">
         <v>58</v>
       </c>
       <c r="E17" t="s">
         <v>25</v>
       </c>
       <c r="F17" t="s">
         <v>44</v>
       </c>
       <c r="G17" t="s">
         <v>22</v>
       </c>
       <c r="H17">
         <v>3</v>
       </c>
       <c r="I17" t="b">
         <v>1</v>
       </c>
       <c r="J17" t="s">
         <v>20</v>
       </c>
       <c r="K17">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="L17" t="s">
         <v>20</v>
       </c>
       <c r="M17">
         <v>108.28</v>
       </c>
-      <c r="N17">
-        <v>94.84</v>
+      <c r="N17" t="s">
+        <v>20</v>
       </c>
       <c r="O17">
         <v>107.55</v>
       </c>
       <c r="P17" t="s">
         <v>20</v>
       </c>
       <c r="Q17" t="s">
         <v>20</v>
       </c>
       <c r="R17">
         <v>310.67</v>
       </c>
     </row>
     <row r="18" spans="1:18" x14ac:dyDescent="0.25">
       <c r="A18">
         <v>17</v>
       </c>
       <c r="B18" t="s">
         <v>60</v>
       </c>
       <c r="C18" t="s">
         <v>61</v>
       </c>
       <c r="D18">
         <v>2472</v>
       </c>
       <c r="E18" t="s">
         <v>62</v>
       </c>
       <c r="F18" t="s">
         <v>29</v>
       </c>
       <c r="G18" t="s">
         <v>35</v>
       </c>
       <c r="H18">
         <v>1</v>
       </c>
       <c r="I18" t="b">
         <v>1</v>
       </c>
       <c r="J18" t="s">
         <v>20</v>
       </c>
       <c r="K18">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="L18">
         <v>111.01</v>
       </c>
       <c r="M18" t="s">
         <v>20</v>
       </c>
-      <c r="N18">
-        <v>99.29</v>
+      <c r="N18" t="s">
+        <v>20</v>
       </c>
       <c r="O18" t="s">
         <v>20</v>
       </c>
       <c r="P18" t="s">
         <v>20</v>
       </c>
       <c r="Q18">
         <v>100</v>
       </c>
       <c r="R18">
         <v>310.3</v>
       </c>
     </row>
     <row r="19" spans="1:18" x14ac:dyDescent="0.25">
       <c r="A19">
         <v>18</v>
       </c>
       <c r="B19" t="s">
         <v>63</v>
       </c>
       <c r="C19" t="s">
         <v>64</v>
       </c>
       <c r="D19">
         <v>2250</v>
       </c>
       <c r="E19" t="s">
         <v>33</v>
       </c>
       <c r="F19" t="s">
         <v>55</v>
       </c>
       <c r="G19" t="s">
         <v>35</v>
       </c>
       <c r="H19">
         <v>1</v>
       </c>
       <c r="I19" t="b">
         <v>1</v>
       </c>
       <c r="J19" t="s">
         <v>20</v>
       </c>
       <c r="K19">
-        <v>5</v>
+        <v>4</v>
       </c>
       <c r="L19">
         <v>109.51</v>
       </c>
       <c r="M19">
         <v>95.13</v>
       </c>
-      <c r="N19">
-        <v>100</v>
+      <c r="N19" t="s">
+        <v>20</v>
       </c>
       <c r="O19">
         <v>100</v>
       </c>
       <c r="P19" t="s">
         <v>20</v>
       </c>
       <c r="Q19">
         <v>100</v>
       </c>
       <c r="R19">
         <v>309.51</v>
       </c>
     </row>
     <row r="20" spans="1:18" x14ac:dyDescent="0.25">
       <c r="A20">
         <v>19</v>
       </c>
       <c r="B20" t="s">
         <v>65</v>
       </c>
       <c r="C20" t="s">
         <v>39</v>
       </c>
       <c r="E20" t="s">
         <v>25</v>
       </c>
       <c r="F20" t="s">
         <v>34</v>
       </c>
       <c r="G20" t="s">
         <v>22</v>
       </c>
       <c r="H20">
         <v>3</v>
       </c>
       <c r="I20" t="b">
         <v>1</v>
       </c>
       <c r="J20" t="s">
         <v>20</v>
       </c>
       <c r="K20">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="L20">
         <v>110.62</v>
       </c>
       <c r="M20">
         <v>99.13</v>
       </c>
-      <c r="N20">
-        <v>98.36</v>
+      <c r="N20" t="s">
+        <v>20</v>
       </c>
       <c r="O20" t="s">
         <v>20</v>
       </c>
       <c r="P20" t="s">
         <v>20</v>
       </c>
       <c r="Q20" t="s">
         <v>20</v>
       </c>
       <c r="R20">
         <v>308.11</v>
       </c>
     </row>
     <row r="21" spans="1:18" x14ac:dyDescent="0.25">
       <c r="A21">
         <v>20</v>
       </c>
       <c r="B21" t="s">
         <v>66</v>
       </c>
       <c r="C21" t="s">
         <v>67</v>
       </c>
       <c r="D21">
         <v>2055</v>
       </c>
       <c r="E21" t="s">
         <v>25</v>
       </c>
       <c r="F21" t="s">
         <v>44</v>
       </c>
       <c r="G21" t="s">
         <v>22</v>
       </c>
       <c r="H21">
         <v>4</v>
       </c>
       <c r="I21" t="b">
         <v>1</v>
       </c>
       <c r="J21" t="s">
         <v>20</v>
       </c>
       <c r="K21">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="L21">
         <v>108.38</v>
       </c>
       <c r="M21">
         <v>101.42</v>
       </c>
-      <c r="N21">
-        <v>95.19</v>
+      <c r="N21" t="s">
+        <v>20</v>
       </c>
       <c r="O21" t="s">
         <v>20</v>
       </c>
       <c r="P21" t="s">
         <v>20</v>
       </c>
       <c r="Q21" t="s">
         <v>20</v>
       </c>
       <c r="R21">
         <v>304.99</v>
       </c>
     </row>
     <row r="22" spans="1:18" x14ac:dyDescent="0.25">
       <c r="A22">
         <v>21</v>
       </c>
       <c r="B22" t="s">
         <v>68</v>
       </c>
       <c r="C22" t="s">
         <v>27</v>
       </c>
       <c r="D22">
         <v>2439</v>
       </c>
       <c r="E22" t="s">
         <v>69</v>
       </c>
       <c r="F22" t="s">
         <v>44</v>
       </c>
       <c r="G22" t="s">
         <v>35</v>
       </c>
       <c r="H22">
         <v>1</v>
       </c>
       <c r="I22" t="b">
         <v>1</v>
       </c>
       <c r="J22" t="s">
         <v>20</v>
       </c>
       <c r="K22">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="L22">
         <v>100</v>
       </c>
       <c r="M22">
         <v>98.13</v>
       </c>
-      <c r="N22">
-        <v>100.76</v>
+      <c r="N22" t="s">
+        <v>20</v>
       </c>
       <c r="O22" t="s">
         <v>20</v>
       </c>
       <c r="P22" t="s">
         <v>20</v>
       </c>
       <c r="Q22">
         <v>100</v>
       </c>
       <c r="R22">
         <v>300.76</v>
       </c>
     </row>
     <row r="23" spans="1:18" x14ac:dyDescent="0.25">
       <c r="A23">
         <v>22</v>
       </c>
       <c r="B23" t="s">
         <v>70</v>
       </c>
       <c r="C23" t="s">
         <v>71</v>
       </c>
       <c r="D23">
@@ -2416,219 +2416,219 @@
       <c r="C24" t="s">
         <v>61</v>
       </c>
       <c r="D24">
         <v>2471</v>
       </c>
       <c r="E24" t="s">
         <v>62</v>
       </c>
       <c r="F24" t="s">
         <v>34</v>
       </c>
       <c r="G24" t="s">
         <v>22</v>
       </c>
       <c r="H24">
         <v>4</v>
       </c>
       <c r="I24" t="b">
         <v>1</v>
       </c>
       <c r="J24" t="s">
         <v>20</v>
       </c>
       <c r="K24">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="L24">
         <v>90.38</v>
       </c>
       <c r="M24" t="s">
         <v>20</v>
       </c>
-      <c r="N24">
-        <v>90.48</v>
+      <c r="N24" t="s">
+        <v>20</v>
       </c>
       <c r="O24" t="s">
         <v>20</v>
       </c>
       <c r="P24" t="s">
         <v>20</v>
       </c>
       <c r="Q24">
         <v>86.53</v>
       </c>
       <c r="R24">
         <v>267.39</v>
       </c>
     </row>
     <row r="25" spans="1:18" x14ac:dyDescent="0.25">
       <c r="A25">
         <v>24</v>
       </c>
       <c r="B25" t="s">
         <v>73</v>
       </c>
       <c r="C25" t="s">
         <v>57</v>
       </c>
       <c r="E25" t="s">
         <v>25</v>
       </c>
       <c r="F25" t="s">
         <v>21</v>
       </c>
       <c r="G25" t="s">
         <v>22</v>
       </c>
       <c r="H25">
         <v>4</v>
       </c>
       <c r="I25" t="b">
         <v>1</v>
       </c>
       <c r="J25" t="s">
         <v>20</v>
       </c>
       <c r="K25">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="L25" t="s">
         <v>20</v>
       </c>
       <c r="M25">
         <v>60.33</v>
       </c>
-      <c r="N25">
-        <v>60.03</v>
+      <c r="N25" t="s">
+        <v>20</v>
       </c>
       <c r="O25" t="s">
         <v>20</v>
       </c>
       <c r="P25" t="s">
         <v>20</v>
       </c>
       <c r="Q25">
         <v>54.65</v>
       </c>
       <c r="R25">
         <v>175.01</v>
       </c>
     </row>
     <row r="26" spans="1:18" x14ac:dyDescent="0.25">
       <c r="A26">
         <v>25</v>
       </c>
       <c r="B26" t="s">
         <v>36</v>
       </c>
       <c r="C26" t="s">
         <v>74</v>
       </c>
       <c r="E26" t="s">
         <v>20</v>
       </c>
       <c r="F26" t="s">
         <v>21</v>
       </c>
       <c r="G26" t="s">
         <v>22</v>
       </c>
       <c r="H26">
         <v>5</v>
       </c>
       <c r="I26" t="b">
         <v>0</v>
       </c>
       <c r="J26" t="s">
         <v>75</v>
       </c>
       <c r="K26">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="L26" t="s">
         <v>20</v>
       </c>
       <c r="M26" t="s">
         <v>20</v>
       </c>
-      <c r="N26">
-        <v>124.08</v>
+      <c r="N26" t="s">
+        <v>20</v>
       </c>
       <c r="O26" t="s">
         <v>20</v>
       </c>
       <c r="P26" t="s">
         <v>20</v>
       </c>
       <c r="Q26">
         <v>101.48</v>
       </c>
       <c r="R26">
         <v>225.56</v>
       </c>
     </row>
     <row r="27" spans="1:18" x14ac:dyDescent="0.25">
       <c r="A27">
         <v>26</v>
       </c>
       <c r="B27" t="s">
         <v>76</v>
       </c>
       <c r="C27" t="s">
         <v>77</v>
       </c>
       <c r="E27" t="s">
         <v>25</v>
       </c>
       <c r="F27" t="s">
         <v>55</v>
       </c>
       <c r="G27" t="s">
         <v>22</v>
       </c>
       <c r="H27">
         <v>2</v>
       </c>
       <c r="I27" t="b">
         <v>0</v>
       </c>
       <c r="J27" t="s">
         <v>75</v>
       </c>
       <c r="K27">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="L27" t="s">
         <v>20</v>
       </c>
       <c r="M27" t="s">
         <v>20</v>
       </c>
-      <c r="N27">
-        <v>107.23</v>
+      <c r="N27" t="s">
+        <v>20</v>
       </c>
       <c r="O27">
         <v>113.05</v>
       </c>
       <c r="P27" t="s">
         <v>20</v>
       </c>
       <c r="Q27" t="s">
         <v>20</v>
       </c>
       <c r="R27">
         <v>220.28</v>
       </c>
     </row>
     <row r="28" spans="1:18" x14ac:dyDescent="0.25">
       <c r="A28">
         <v>27</v>
       </c>
       <c r="B28" t="s">
         <v>78</v>
       </c>
       <c r="C28" t="s">
         <v>79</v>
       </c>
       <c r="E28" t="s">
@@ -2681,60 +2681,60 @@
       <c r="B29" t="s">
         <v>80</v>
       </c>
       <c r="C29" t="s">
         <v>81</v>
       </c>
       <c r="E29" t="s">
         <v>82</v>
       </c>
       <c r="F29" t="s">
         <v>34</v>
       </c>
       <c r="G29" t="s">
         <v>22</v>
       </c>
       <c r="H29">
         <v>5</v>
       </c>
       <c r="I29" t="b">
         <v>0</v>
       </c>
       <c r="J29" t="s">
         <v>75</v>
       </c>
       <c r="K29">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="L29" t="s">
         <v>20</v>
       </c>
       <c r="M29">
         <v>104.14</v>
       </c>
-      <c r="N29">
-        <v>104.09</v>
+      <c r="N29" t="s">
+        <v>20</v>
       </c>
       <c r="O29" t="s">
         <v>20</v>
       </c>
       <c r="P29" t="s">
         <v>20</v>
       </c>
       <c r="Q29" t="s">
         <v>20</v>
       </c>
       <c r="R29">
         <v>208.23</v>
       </c>
     </row>
     <row r="30" spans="1:18" x14ac:dyDescent="0.25">
       <c r="A30">
         <v>29</v>
       </c>
       <c r="B30" t="s">
         <v>83</v>
       </c>
       <c r="C30" t="s">
         <v>84</v>
       </c>
       <c r="E30" t="s">
@@ -2787,116 +2787,116 @@
       <c r="B31" t="s">
         <v>85</v>
       </c>
       <c r="C31" t="s">
         <v>86</v>
       </c>
       <c r="E31" t="s">
         <v>82</v>
       </c>
       <c r="F31" t="s">
         <v>29</v>
       </c>
       <c r="G31" t="s">
         <v>35</v>
       </c>
       <c r="H31">
         <v>3</v>
       </c>
       <c r="I31" t="b">
         <v>0</v>
       </c>
       <c r="J31" t="s">
         <v>75</v>
       </c>
       <c r="K31">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="L31" t="s">
         <v>20</v>
       </c>
       <c r="M31">
         <v>99.93</v>
       </c>
-      <c r="N31">
-        <v>100.72</v>
+      <c r="N31" t="s">
+        <v>20</v>
       </c>
       <c r="O31" t="s">
         <v>20</v>
       </c>
       <c r="P31" t="s">
         <v>20</v>
       </c>
       <c r="Q31" t="s">
         <v>20</v>
       </c>
       <c r="R31">
         <v>200.65</v>
       </c>
     </row>
     <row r="32" spans="1:18" x14ac:dyDescent="0.25">
       <c r="A32">
         <v>31</v>
       </c>
       <c r="B32" t="s">
         <v>87</v>
       </c>
       <c r="C32" t="s">
         <v>88</v>
       </c>
       <c r="D32">
         <v>2470</v>
       </c>
       <c r="E32" t="s">
         <v>89</v>
       </c>
       <c r="F32" t="s">
         <v>90</v>
       </c>
       <c r="G32" t="s">
         <v>22</v>
       </c>
       <c r="H32">
         <v>1</v>
       </c>
       <c r="I32" t="b">
         <v>0</v>
       </c>
       <c r="J32" t="s">
         <v>75</v>
       </c>
       <c r="K32">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="L32">
         <v>94.5</v>
       </c>
       <c r="M32" t="s">
         <v>20</v>
       </c>
-      <c r="N32">
-        <v>100</v>
+      <c r="N32" t="s">
+        <v>20</v>
       </c>
       <c r="O32" t="s">
         <v>20</v>
       </c>
       <c r="P32" t="s">
         <v>20</v>
       </c>
       <c r="Q32" t="s">
         <v>20</v>
       </c>
       <c r="R32">
         <v>194.5</v>
       </c>
     </row>
     <row r="33" spans="1:18" x14ac:dyDescent="0.25">
       <c r="A33">
         <v>32</v>
       </c>
       <c r="B33" t="s">
         <v>47</v>
       </c>
       <c r="C33" t="s">
         <v>91</v>
       </c>
       <c r="E33" t="s">
@@ -3002,60 +3002,60 @@
       <c r="B35" t="s">
         <v>93</v>
       </c>
       <c r="C35" t="s">
         <v>74</v>
       </c>
       <c r="E35" t="s">
         <v>20</v>
       </c>
       <c r="F35" t="s">
         <v>21</v>
       </c>
       <c r="G35" t="s">
         <v>35</v>
       </c>
       <c r="H35">
         <v>2</v>
       </c>
       <c r="I35" t="b">
         <v>0</v>
       </c>
       <c r="J35" t="s">
         <v>75</v>
       </c>
       <c r="K35">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="L35" t="s">
         <v>20</v>
       </c>
       <c r="M35" t="s">
         <v>20</v>
       </c>
-      <c r="N35">
-        <v>100.19</v>
+      <c r="N35" t="s">
+        <v>20</v>
       </c>
       <c r="O35" t="s">
         <v>20</v>
       </c>
       <c r="P35" t="s">
         <v>20</v>
       </c>
       <c r="Q35">
         <v>91.2</v>
       </c>
       <c r="R35">
         <v>191.39</v>
       </c>
     </row>
     <row r="36" spans="1:18" x14ac:dyDescent="0.25">
       <c r="A36">
         <v>35</v>
       </c>
       <c r="B36" t="s">
         <v>94</v>
       </c>
       <c r="C36" t="s">
         <v>67</v>
       </c>
       <c r="D36">
@@ -4681,113 +4681,113 @@
       <c r="B66" t="s">
         <v>72</v>
       </c>
       <c r="C66" t="s">
         <v>154</v>
       </c>
       <c r="E66" t="s">
         <v>155</v>
       </c>
       <c r="F66" t="s">
         <v>34</v>
       </c>
       <c r="G66" t="s">
         <v>22</v>
       </c>
       <c r="H66">
         <v>12</v>
       </c>
       <c r="I66" t="b">
         <v>0</v>
       </c>
       <c r="J66" t="s">
         <v>75</v>
       </c>
       <c r="K66">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="L66" t="s">
         <v>20</v>
       </c>
       <c r="M66" t="s">
         <v>20</v>
       </c>
-      <c r="N66">
-        <v>102.89</v>
+      <c r="N66" t="s">
+        <v>20</v>
       </c>
       <c r="O66" t="s">
         <v>20</v>
       </c>
       <c r="P66" t="s">
         <v>20</v>
       </c>
       <c r="Q66" t="s">
         <v>20</v>
       </c>
       <c r="R66">
         <v>102.89</v>
       </c>
     </row>
     <row r="67" spans="1:18" x14ac:dyDescent="0.25">
       <c r="A67">
         <v>66</v>
       </c>
       <c r="B67" t="s">
         <v>156</v>
       </c>
       <c r="C67" t="s">
         <v>86</v>
       </c>
       <c r="E67" t="s">
         <v>155</v>
       </c>
       <c r="F67" t="s">
         <v>34</v>
       </c>
       <c r="G67" t="s">
         <v>22</v>
       </c>
       <c r="H67">
         <v>13</v>
       </c>
       <c r="I67" t="b">
         <v>0</v>
       </c>
       <c r="J67" t="s">
         <v>75</v>
       </c>
       <c r="K67">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="L67" t="s">
         <v>20</v>
       </c>
       <c r="M67" t="s">
         <v>20</v>
       </c>
-      <c r="N67">
-        <v>102.89</v>
+      <c r="N67" t="s">
+        <v>20</v>
       </c>
       <c r="O67" t="s">
         <v>20</v>
       </c>
       <c r="P67" t="s">
         <v>20</v>
       </c>
       <c r="Q67" t="s">
         <v>20</v>
       </c>
       <c r="R67">
         <v>102.89</v>
       </c>
     </row>
     <row r="68" spans="1:18" x14ac:dyDescent="0.25">
       <c r="A68">
         <v>67</v>
       </c>
       <c r="B68" t="s">
         <v>157</v>
       </c>
       <c r="C68" t="s">
         <v>158</v>
       </c>
       <c r="D68">
@@ -5603,60 +5603,60 @@
       <c r="B83" t="s">
         <v>138</v>
       </c>
       <c r="C83" t="s">
         <v>189</v>
       </c>
       <c r="E83" t="s">
         <v>155</v>
       </c>
       <c r="F83" t="s">
         <v>44</v>
       </c>
       <c r="G83" t="s">
         <v>35</v>
       </c>
       <c r="H83">
         <v>3</v>
       </c>
       <c r="I83" t="b">
         <v>0</v>
       </c>
       <c r="J83" t="s">
         <v>75</v>
       </c>
       <c r="K83">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="L83" t="s">
         <v>20</v>
       </c>
       <c r="M83" t="s">
         <v>20</v>
       </c>
-      <c r="N83">
-        <v>99.26</v>
+      <c r="N83" t="s">
+        <v>20</v>
       </c>
       <c r="O83" t="s">
         <v>20</v>
       </c>
       <c r="P83" t="s">
         <v>20</v>
       </c>
       <c r="Q83" t="s">
         <v>20</v>
       </c>
       <c r="R83">
         <v>99.26</v>
       </c>
     </row>
     <row r="84" spans="1:18" x14ac:dyDescent="0.25">
       <c r="A84">
         <v>83</v>
       </c>
       <c r="B84" t="s">
         <v>190</v>
       </c>
       <c r="C84" t="s">
         <v>191</v>
       </c>
       <c r="E84" t="s">
@@ -6407,60 +6407,60 @@
       <c r="B98" t="s">
         <v>212</v>
       </c>
       <c r="C98" t="s">
         <v>189</v>
       </c>
       <c r="E98" t="s">
         <v>155</v>
       </c>
       <c r="F98" t="s">
         <v>34</v>
       </c>
       <c r="G98" t="s">
         <v>22</v>
       </c>
       <c r="H98">
         <v>16</v>
       </c>
       <c r="I98" t="b">
         <v>0</v>
       </c>
       <c r="J98" t="s">
         <v>75</v>
       </c>
       <c r="K98">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="L98" t="s">
         <v>20</v>
       </c>
       <c r="M98" t="s">
         <v>20</v>
       </c>
-      <c r="N98">
-        <v>89.88</v>
+      <c r="N98" t="s">
+        <v>20</v>
       </c>
       <c r="O98" t="s">
         <v>20</v>
       </c>
       <c r="P98" t="s">
         <v>20</v>
       </c>
       <c r="Q98" t="s">
         <v>20</v>
       </c>
       <c r="R98">
         <v>89.88</v>
       </c>
     </row>
     <row r="99" spans="1:18" x14ac:dyDescent="0.25">
       <c r="A99">
         <v>98</v>
       </c>
       <c r="B99" t="s">
         <v>213</v>
       </c>
       <c r="C99" t="s">
         <v>46</v>
       </c>
       <c r="E99" t="s">
@@ -6831,113 +6831,113 @@
       <c r="B106" t="s">
         <v>222</v>
       </c>
       <c r="C106" t="s">
         <v>223</v>
       </c>
       <c r="E106" t="s">
         <v>20</v>
       </c>
       <c r="F106" t="s">
         <v>21</v>
       </c>
       <c r="G106" t="s">
         <v>22</v>
       </c>
       <c r="H106">
         <v>10</v>
       </c>
       <c r="I106" t="b">
         <v>0</v>
       </c>
       <c r="J106" t="s">
         <v>75</v>
       </c>
       <c r="K106">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="L106" t="s">
         <v>20</v>
       </c>
       <c r="M106" t="s">
         <v>20</v>
       </c>
-      <c r="N106">
-        <v>83.52</v>
+      <c r="N106" t="s">
+        <v>20</v>
       </c>
       <c r="O106" t="s">
         <v>20</v>
       </c>
       <c r="P106" t="s">
         <v>20</v>
       </c>
       <c r="Q106" t="s">
         <v>20</v>
       </c>
       <c r="R106">
         <v>83.52</v>
       </c>
     </row>
     <row r="107" spans="1:18" x14ac:dyDescent="0.25">
       <c r="A107">
         <v>106</v>
       </c>
       <c r="B107" t="s">
         <v>224</v>
       </c>
       <c r="C107" t="s">
         <v>223</v>
       </c>
       <c r="E107" t="s">
         <v>20</v>
       </c>
       <c r="F107" t="s">
         <v>21</v>
       </c>
       <c r="G107" t="s">
         <v>35</v>
       </c>
       <c r="H107">
         <v>4</v>
       </c>
       <c r="I107" t="b">
         <v>0</v>
       </c>
       <c r="J107" t="s">
         <v>75</v>
       </c>
       <c r="K107">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="L107" t="s">
         <v>20</v>
       </c>
       <c r="M107" t="s">
         <v>20</v>
       </c>
-      <c r="N107">
-        <v>83.06</v>
+      <c r="N107" t="s">
+        <v>20</v>
       </c>
       <c r="O107" t="s">
         <v>20</v>
       </c>
       <c r="P107" t="s">
         <v>20</v>
       </c>
       <c r="Q107" t="s">
         <v>20</v>
       </c>
       <c r="R107">
         <v>83.06</v>
       </c>
     </row>
     <row r="108" spans="1:18" x14ac:dyDescent="0.25">
       <c r="A108">
         <v>107</v>
       </c>
       <c r="B108" t="s">
         <v>132</v>
       </c>
       <c r="C108" t="s">
         <v>225</v>
       </c>
       <c r="E108" t="s">
@@ -7367,60 +7367,60 @@
       <c r="B116" t="s">
         <v>235</v>
       </c>
       <c r="C116" t="s">
         <v>236</v>
       </c>
       <c r="E116" t="s">
         <v>155</v>
       </c>
       <c r="F116" t="s">
         <v>34</v>
       </c>
       <c r="G116" t="s">
         <v>35</v>
       </c>
       <c r="H116">
         <v>23</v>
       </c>
       <c r="I116" t="b">
         <v>0</v>
       </c>
       <c r="J116" t="s">
         <v>75</v>
       </c>
       <c r="K116">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="L116" t="s">
         <v>20</v>
       </c>
       <c r="M116" t="s">
         <v>20</v>
       </c>
-      <c r="N116">
-        <v>68.27</v>
+      <c r="N116" t="s">
+        <v>20</v>
       </c>
       <c r="O116" t="s">
         <v>20</v>
       </c>
       <c r="P116" t="s">
         <v>20</v>
       </c>
       <c r="Q116" t="s">
         <v>20</v>
       </c>
       <c r="R116">
         <v>68.27</v>
       </c>
     </row>
     <row r="117" spans="1:18" x14ac:dyDescent="0.25">
       <c r="A117">
         <v>116</v>
       </c>
       <c r="B117" t="s">
         <v>237</v>
       </c>
       <c r="C117" t="s">
         <v>170</v>
       </c>
       <c r="E117" t="s">