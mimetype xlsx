--- v0 (2025-10-09)
+++ v1 (2025-10-31)
@@ -46,51 +46,51 @@
   <si>
     <t>Club</t>
   </si>
   <si>
     <t>Age Category</t>
   </si>
   <si>
     <t>Class</t>
   </si>
   <si>
     <t>Category Position</t>
   </si>
   <si>
     <t>Eligible</t>
   </si>
   <si>
     <t>IneligibleReasons</t>
   </si>
   <si>
     <t>Race count</t>
   </si>
   <si>
     <t>Fan Fawr</t>
   </si>
   <si>
-    <t>Cat’s Back / Ras Crib y Garth</t>
+    <t>Cat's Back / Ras Crib y Garth</t>
   </si>
   <si>
     <t xml:space="preserve">Winter Sugar Loaf/Mynydd Pen-y-fâl gaeaf </t>
   </si>
   <si>
     <t>Blorenge</t>
   </si>
   <si>
     <t>Skirrid Xmas Hill Race</t>
   </si>
   <si>
     <t>Craig yr Allt</t>
   </si>
   <si>
     <t>The Kymin</t>
   </si>
   <si>
     <t>Cwm Nant-y-Groes</t>
   </si>
   <si>
     <t>Hatterall Flow Test 2025</t>
   </si>
   <si>
     <t>Score</t>
   </si>